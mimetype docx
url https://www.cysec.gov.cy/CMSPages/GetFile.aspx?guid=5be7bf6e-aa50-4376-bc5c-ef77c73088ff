--- v0 (2025-12-07)
+++ v1 (2026-03-12)
@@ -6381,65 +6381,65 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="722AF1E7" w14:textId="3F23CE4B" w:rsidR="00C55D54" w:rsidRPr="00544FEC" w:rsidRDefault="00C55D54" w:rsidP="003E0292">
-[...13 lines deleted...]
-              <w:t>AXA Investment Managers Paris S.A.</w:t>
+          <w:p w14:paraId="722AF1E7" w14:textId="308E389B" w:rsidR="00C55D54" w:rsidRPr="00544FEC" w:rsidRDefault="00F42A2A" w:rsidP="003E0292">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F42A2A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BNP PARIBAS ASSET MANAGEMENT Europe [BNP PARIBAS AM]  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="748F18AF" w14:textId="37989A49" w:rsidR="00C55D54" w:rsidRPr="00544FEC" w:rsidRDefault="00C55D54" w:rsidP="001F00DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7020"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -7560,348 +7560,642 @@
               <w:tabs>
                 <w:tab w:val="left" w:pos="7020"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3730">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>A065</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E3730" w:rsidRPr="00544FEC" w14:paraId="687C5EB0" w14:textId="77777777" w:rsidTr="001F00DE">
+      <w:tr w:rsidR="009E3730" w:rsidRPr="00CC5061" w14:paraId="687C5EB0" w14:textId="77777777" w:rsidTr="001F00DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="204E7CEE" w14:textId="75D1E399" w:rsidR="009E3730" w:rsidRDefault="009E3730" w:rsidP="001F00DE">
+          <w:p w14:paraId="204E7CEE" w14:textId="75D1E399" w:rsidR="009E3730" w:rsidRPr="00CC5061" w:rsidRDefault="009E3730" w:rsidP="001F00DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7020"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00CC5061">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00532FFF">
+            <w:r w:rsidR="00532FFF" w:rsidRPr="00CC5061">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E1B764C" w14:textId="012F2BA9" w:rsidR="009E3730" w:rsidRPr="009E3730" w:rsidRDefault="009E3730" w:rsidP="003E0292">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009E3730">
+          <w:p w14:paraId="7E1B764C" w14:textId="012F2BA9" w:rsidR="009E3730" w:rsidRPr="00CC5061" w:rsidRDefault="009E3730" w:rsidP="003E0292">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC5061">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>MSIM Fund Management (Ireland) Limited</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E963884" w14:textId="0CAD1CCF" w:rsidR="009E3730" w:rsidRPr="009E3730" w:rsidRDefault="009E3730" w:rsidP="001F00DE">
+          <w:p w14:paraId="7E963884" w14:textId="0CAD1CCF" w:rsidR="009E3730" w:rsidRPr="00CC5061" w:rsidRDefault="009E3730" w:rsidP="001F00DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7020"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E3730">
+            <w:r w:rsidRPr="00CC5061">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>16.09.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64032A58" w14:textId="2E8BD09D" w:rsidR="009E3730" w:rsidRPr="009E3730" w:rsidRDefault="009E3730" w:rsidP="001F00DE">
+          <w:p w14:paraId="64032A58" w14:textId="2E8BD09D" w:rsidR="009E3730" w:rsidRPr="00CC5061" w:rsidRDefault="009E3730" w:rsidP="001F00DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7020"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E3730">
+            <w:r w:rsidRPr="00CC5061">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>A066</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A45E2E" w:rsidRPr="00544FEC" w14:paraId="48C93846" w14:textId="77777777" w:rsidTr="001F00DE">
+      <w:tr w:rsidR="00A45E2E" w:rsidRPr="00CC5061" w14:paraId="48C93846" w14:textId="77777777" w:rsidTr="001F00DE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0ADA9554" w14:textId="1C0DAD36" w:rsidR="00A45E2E" w:rsidRDefault="00A45E2E" w:rsidP="001F00DE">
+          <w:p w14:paraId="0ADA9554" w14:textId="1C0DAD36" w:rsidR="00A45E2E" w:rsidRPr="00CC5061" w:rsidRDefault="00A45E2E" w:rsidP="001F00DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7020"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00CC5061">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4737" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E9F6152" w14:textId="003545FD" w:rsidR="00A45E2E" w:rsidRPr="00CC5061" w:rsidRDefault="00A45E2E" w:rsidP="003E0292">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC5061">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Barclays Bank Ireland PLC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="436594A1" w14:textId="76A7286D" w:rsidR="00A45E2E" w:rsidRPr="00CC5061" w:rsidRDefault="00A45E2E" w:rsidP="001F00DE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7020"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC5061">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>17.10.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B03B87C" w14:textId="2593633C" w:rsidR="00A45E2E" w:rsidRPr="00CC5061" w:rsidRDefault="00A45E2E" w:rsidP="001F00DE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7020"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC5061">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>A067</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC5061" w:rsidRPr="00CC5061" w14:paraId="73455F75" w14:textId="77777777" w:rsidTr="001F00DE">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="305"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A4A062B" w14:textId="17578D16" w:rsidR="00CC5061" w:rsidRPr="00CC5061" w:rsidRDefault="00CC5061" w:rsidP="001F00DE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7020"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC5061">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4737" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04DBAA64" w14:textId="796CAD94" w:rsidR="00CC5061" w:rsidRPr="00CC5061" w:rsidRDefault="00CC5061" w:rsidP="00CC5061">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC5061">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>TWENTY FIRST CAPITAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A248116" w14:textId="40E1C35D" w:rsidR="00CC5061" w:rsidRPr="00CC5061" w:rsidRDefault="00CC5061" w:rsidP="001F00DE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7020"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC5061">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>27.01.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65792320" w14:textId="1D14E2F8" w:rsidR="00CC5061" w:rsidRPr="00CC5061" w:rsidRDefault="00CC5061" w:rsidP="001F00DE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7020"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC5061">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>A068</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00850210" w:rsidRPr="00CC5061" w14:paraId="5967F36D" w14:textId="77777777" w:rsidTr="001F00DE">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="305"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D6EF7C3" w14:textId="4AB5E12D" w:rsidR="00850210" w:rsidRPr="00CC5061" w:rsidRDefault="00850210" w:rsidP="001F00DE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7020"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>48</w:t>
+              <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E9F6152" w14:textId="003545FD" w:rsidR="00A45E2E" w:rsidRPr="009E3730" w:rsidRDefault="00A45E2E" w:rsidP="003E0292">
-[...13 lines deleted...]
-              <w:t>Barclays Bank Ireland PLC</w:t>
+          <w:p w14:paraId="752399C0" w14:textId="3B253C0C" w:rsidR="00850210" w:rsidRPr="00CC5061" w:rsidRDefault="00850210" w:rsidP="00CC5061">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00850210">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Franklin Templeton International Services S.a r.l.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="436594A1" w14:textId="76A7286D" w:rsidR="00A45E2E" w:rsidRPr="009E3730" w:rsidRDefault="00A45E2E" w:rsidP="001F00DE">
+          <w:p w14:paraId="71CE5781" w14:textId="1C017E06" w:rsidR="00850210" w:rsidRPr="00CC5061" w:rsidRDefault="00850210" w:rsidP="001F00DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7020"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>17.10.2025</w:t>
+              <w:t>05.02.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B03B87C" w14:textId="2593633C" w:rsidR="00A45E2E" w:rsidRPr="009E3730" w:rsidRDefault="00A45E2E" w:rsidP="001F00DE">
+          <w:p w14:paraId="13FFDA57" w14:textId="15704D21" w:rsidR="00850210" w:rsidRPr="00CC5061" w:rsidRDefault="00850210" w:rsidP="001F00DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7020"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>A067</w:t>
+              <w:t>A069</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4F1304E3" w14:textId="77777777" w:rsidR="00B45939" w:rsidRPr="00996420" w:rsidRDefault="00B45939" w:rsidP="00AB03EE">
+    <w:p w14:paraId="4F1304E3" w14:textId="77777777" w:rsidR="00B45939" w:rsidRPr="00CC5061" w:rsidRDefault="00B45939" w:rsidP="00AB03EE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7020"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27AF6B08" w14:textId="77777777" w:rsidR="00B45939" w:rsidRPr="00996420" w:rsidRDefault="00B45939" w:rsidP="00AB03EE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7020"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -8215,181 +8509,50 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="7020"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49978E9B" w14:textId="77777777" w:rsidR="00B45939" w:rsidRPr="00996420" w:rsidRDefault="00B45939" w:rsidP="00AB03EE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7020"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:bCs/>
-[...129 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05F1A262" w14:textId="0C4A6B44" w:rsidR="00F54A49" w:rsidRPr="00996420" w:rsidRDefault="00F54A49" w:rsidP="00AB03EE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7020"/>
         </w:tabs>
         <w:ind w:right="-96"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F54A49" w:rsidRPr="00996420" w:rsidSect="005B2C27">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
@@ -8408,51 +8571,51 @@
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5FC58B5C" w14:textId="77777777" w:rsidR="00A85F6E" w:rsidRDefault="00A85F6E" w:rsidP="00291F10">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="29725633" w14:textId="77777777" w:rsidR="00A85F6E" w:rsidRDefault="00A85F6E" w:rsidP="00291F10">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="A1"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A1"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -8470,51 +8633,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="A1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6B8F5E1B" w14:textId="77777777" w:rsidR="00A85F6E" w:rsidRDefault="00A85F6E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3C71052E" w14:textId="63CE9B1D" w:rsidR="00A85F6E" w:rsidRDefault="00A45E2E">
+  <w:p w14:paraId="3C71052E" w14:textId="63CE9B1D" w:rsidR="00A85F6E" w:rsidRDefault="00850210">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1497305781"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r w:rsidR="00A85F6E">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00A85F6E">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00A85F6E">
@@ -10696,79 +10859,80 @@
   <w:num w:numId="20" w16cid:durableId="1588229002">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1418021379">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="553733699">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="117648906">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="149505"/>
+    <o:shapedefaults v:ext="edit" spidmax="155649"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00291F10"/>
     <w:rsid w:val="0000470E"/>
     <w:rsid w:val="00004859"/>
     <w:rsid w:val="00005611"/>
     <w:rsid w:val="000153AB"/>
     <w:rsid w:val="000218D9"/>
     <w:rsid w:val="00022570"/>
     <w:rsid w:val="000237EC"/>
     <w:rsid w:val="0002495F"/>
     <w:rsid w:val="00025211"/>
+    <w:rsid w:val="00037787"/>
     <w:rsid w:val="000403B7"/>
     <w:rsid w:val="00043207"/>
     <w:rsid w:val="00050363"/>
     <w:rsid w:val="00052552"/>
     <w:rsid w:val="0006306F"/>
     <w:rsid w:val="00067D42"/>
     <w:rsid w:val="000701D1"/>
     <w:rsid w:val="00082025"/>
     <w:rsid w:val="000A28D0"/>
     <w:rsid w:val="000A55A1"/>
     <w:rsid w:val="000B4D41"/>
     <w:rsid w:val="000C0FE5"/>
     <w:rsid w:val="000C41AA"/>
     <w:rsid w:val="000C63B3"/>
     <w:rsid w:val="000D322A"/>
     <w:rsid w:val="000D63A9"/>
     <w:rsid w:val="000E0B97"/>
     <w:rsid w:val="000E103D"/>
     <w:rsid w:val="000F10E2"/>
     <w:rsid w:val="000F24B6"/>
     <w:rsid w:val="000F5F61"/>
     <w:rsid w:val="00100B2D"/>
     <w:rsid w:val="001054FD"/>
     <w:rsid w:val="00106EA3"/>
     <w:rsid w:val="001133D4"/>
@@ -10918,50 +11082,51 @@
     <w:rsid w:val="00572CFB"/>
     <w:rsid w:val="005747D0"/>
     <w:rsid w:val="00577009"/>
     <w:rsid w:val="00581A93"/>
     <w:rsid w:val="00584A63"/>
     <w:rsid w:val="00584B17"/>
     <w:rsid w:val="0058667F"/>
     <w:rsid w:val="00590C91"/>
     <w:rsid w:val="0059421F"/>
     <w:rsid w:val="005A02CB"/>
     <w:rsid w:val="005B2C27"/>
     <w:rsid w:val="005B63E4"/>
     <w:rsid w:val="005C081E"/>
     <w:rsid w:val="005C0FF1"/>
     <w:rsid w:val="005C2CF5"/>
     <w:rsid w:val="005C767F"/>
     <w:rsid w:val="005D2C95"/>
     <w:rsid w:val="005E4984"/>
     <w:rsid w:val="005E6B36"/>
     <w:rsid w:val="005E7131"/>
     <w:rsid w:val="005F0915"/>
     <w:rsid w:val="005F24BA"/>
     <w:rsid w:val="006161C8"/>
     <w:rsid w:val="00616535"/>
     <w:rsid w:val="00623F39"/>
+    <w:rsid w:val="006436C0"/>
     <w:rsid w:val="00645C46"/>
     <w:rsid w:val="00646022"/>
     <w:rsid w:val="006470EB"/>
     <w:rsid w:val="0065657F"/>
     <w:rsid w:val="00660894"/>
     <w:rsid w:val="006613F2"/>
     <w:rsid w:val="00675E3B"/>
     <w:rsid w:val="00680780"/>
     <w:rsid w:val="006812D3"/>
     <w:rsid w:val="00682991"/>
     <w:rsid w:val="00690501"/>
     <w:rsid w:val="00690B14"/>
     <w:rsid w:val="006951B4"/>
     <w:rsid w:val="006A2540"/>
     <w:rsid w:val="006A3027"/>
     <w:rsid w:val="006A7923"/>
     <w:rsid w:val="006B0F7F"/>
     <w:rsid w:val="006B28DA"/>
     <w:rsid w:val="006B5D61"/>
     <w:rsid w:val="006C05D8"/>
     <w:rsid w:val="006C62BA"/>
     <w:rsid w:val="006C7ABA"/>
     <w:rsid w:val="006E0F4A"/>
     <w:rsid w:val="006E1D10"/>
     <w:rsid w:val="006E20A0"/>
@@ -10999,50 +11164,51 @@
     <w:rsid w:val="007C19C7"/>
     <w:rsid w:val="007D25CA"/>
     <w:rsid w:val="007D38B8"/>
     <w:rsid w:val="007D4B68"/>
     <w:rsid w:val="007D5E32"/>
     <w:rsid w:val="007D7BD4"/>
     <w:rsid w:val="007E683C"/>
     <w:rsid w:val="007E7FCA"/>
     <w:rsid w:val="007F46E9"/>
     <w:rsid w:val="007F4D08"/>
     <w:rsid w:val="007F4DAB"/>
     <w:rsid w:val="007F7F69"/>
     <w:rsid w:val="00801603"/>
     <w:rsid w:val="008044E4"/>
     <w:rsid w:val="00811188"/>
     <w:rsid w:val="00814495"/>
     <w:rsid w:val="0082336B"/>
     <w:rsid w:val="00825BAC"/>
     <w:rsid w:val="00826F3A"/>
     <w:rsid w:val="00827840"/>
     <w:rsid w:val="00827E94"/>
     <w:rsid w:val="00833490"/>
     <w:rsid w:val="008358C1"/>
     <w:rsid w:val="00837BCE"/>
     <w:rsid w:val="00842C02"/>
+    <w:rsid w:val="00850210"/>
     <w:rsid w:val="008627C7"/>
     <w:rsid w:val="00863052"/>
     <w:rsid w:val="00864AB5"/>
     <w:rsid w:val="0087517F"/>
     <w:rsid w:val="008759D6"/>
     <w:rsid w:val="0087729D"/>
     <w:rsid w:val="00880FC5"/>
     <w:rsid w:val="00883613"/>
     <w:rsid w:val="00883A4C"/>
     <w:rsid w:val="00885166"/>
     <w:rsid w:val="00885F78"/>
     <w:rsid w:val="00886325"/>
     <w:rsid w:val="00887567"/>
     <w:rsid w:val="008A0D1D"/>
     <w:rsid w:val="008A7CFE"/>
     <w:rsid w:val="008B11CC"/>
     <w:rsid w:val="008C1EB8"/>
     <w:rsid w:val="008C3E93"/>
     <w:rsid w:val="008C5562"/>
     <w:rsid w:val="008C5B84"/>
     <w:rsid w:val="008D2B37"/>
     <w:rsid w:val="008D5024"/>
     <w:rsid w:val="008E15C4"/>
     <w:rsid w:val="008E1A6A"/>
     <w:rsid w:val="008E4F8D"/>
@@ -11064,50 +11230,51 @@
     <w:rsid w:val="0094481E"/>
     <w:rsid w:val="00944D3D"/>
     <w:rsid w:val="00954A58"/>
     <w:rsid w:val="00954DEE"/>
     <w:rsid w:val="009565C5"/>
     <w:rsid w:val="00960C5E"/>
     <w:rsid w:val="0096136C"/>
     <w:rsid w:val="009652E6"/>
     <w:rsid w:val="0096655F"/>
     <w:rsid w:val="00970493"/>
     <w:rsid w:val="00972AD9"/>
     <w:rsid w:val="00972DE6"/>
     <w:rsid w:val="0097391B"/>
     <w:rsid w:val="0097730D"/>
     <w:rsid w:val="00985C2C"/>
     <w:rsid w:val="00992788"/>
     <w:rsid w:val="009941A7"/>
     <w:rsid w:val="00996420"/>
     <w:rsid w:val="00996A4E"/>
     <w:rsid w:val="0099716D"/>
     <w:rsid w:val="009A0844"/>
     <w:rsid w:val="009A31AF"/>
     <w:rsid w:val="009A5DA5"/>
     <w:rsid w:val="009C1131"/>
     <w:rsid w:val="009C6DE7"/>
+    <w:rsid w:val="009D2450"/>
     <w:rsid w:val="009D7489"/>
     <w:rsid w:val="009E03E3"/>
     <w:rsid w:val="009E1FDE"/>
     <w:rsid w:val="009E3730"/>
     <w:rsid w:val="009E7923"/>
     <w:rsid w:val="009E7CAE"/>
     <w:rsid w:val="00A04BD4"/>
     <w:rsid w:val="00A0584F"/>
     <w:rsid w:val="00A07BCC"/>
     <w:rsid w:val="00A136C4"/>
     <w:rsid w:val="00A15CD1"/>
     <w:rsid w:val="00A2105C"/>
     <w:rsid w:val="00A21612"/>
     <w:rsid w:val="00A229A1"/>
     <w:rsid w:val="00A22C9B"/>
     <w:rsid w:val="00A22FC0"/>
     <w:rsid w:val="00A27AD1"/>
     <w:rsid w:val="00A27D7E"/>
     <w:rsid w:val="00A44096"/>
     <w:rsid w:val="00A45E2E"/>
     <w:rsid w:val="00A51489"/>
     <w:rsid w:val="00A530D6"/>
     <w:rsid w:val="00A56890"/>
     <w:rsid w:val="00A63005"/>
     <w:rsid w:val="00A63ADC"/>
@@ -11183,50 +11350,51 @@
     <w:rsid w:val="00C27DB2"/>
     <w:rsid w:val="00C316DC"/>
     <w:rsid w:val="00C33470"/>
     <w:rsid w:val="00C36C64"/>
     <w:rsid w:val="00C3786D"/>
     <w:rsid w:val="00C4454B"/>
     <w:rsid w:val="00C53C59"/>
     <w:rsid w:val="00C55D54"/>
     <w:rsid w:val="00C56399"/>
     <w:rsid w:val="00C60E7C"/>
     <w:rsid w:val="00C61C25"/>
     <w:rsid w:val="00C80270"/>
     <w:rsid w:val="00C86E39"/>
     <w:rsid w:val="00C9055E"/>
     <w:rsid w:val="00C90A0D"/>
     <w:rsid w:val="00C9693D"/>
     <w:rsid w:val="00CA1B14"/>
     <w:rsid w:val="00CA48FE"/>
     <w:rsid w:val="00CA503B"/>
     <w:rsid w:val="00CA5593"/>
     <w:rsid w:val="00CA58D1"/>
     <w:rsid w:val="00CB47CC"/>
     <w:rsid w:val="00CB4D54"/>
     <w:rsid w:val="00CC1A8B"/>
     <w:rsid w:val="00CC32E8"/>
+    <w:rsid w:val="00CC5061"/>
     <w:rsid w:val="00CC7D6F"/>
     <w:rsid w:val="00CD01C7"/>
     <w:rsid w:val="00CD05D5"/>
     <w:rsid w:val="00CD7A70"/>
     <w:rsid w:val="00CE52F5"/>
     <w:rsid w:val="00D00324"/>
     <w:rsid w:val="00D11D8A"/>
     <w:rsid w:val="00D17EDE"/>
     <w:rsid w:val="00D2367D"/>
     <w:rsid w:val="00D30806"/>
     <w:rsid w:val="00D378B1"/>
     <w:rsid w:val="00D37C78"/>
     <w:rsid w:val="00D52107"/>
     <w:rsid w:val="00D545E8"/>
     <w:rsid w:val="00D54D56"/>
     <w:rsid w:val="00D67C9D"/>
     <w:rsid w:val="00D70323"/>
     <w:rsid w:val="00D730C9"/>
     <w:rsid w:val="00D73CC2"/>
     <w:rsid w:val="00D8598E"/>
     <w:rsid w:val="00D92656"/>
     <w:rsid w:val="00D9332D"/>
     <w:rsid w:val="00DA0A67"/>
     <w:rsid w:val="00DA1A31"/>
     <w:rsid w:val="00DB20BB"/>
@@ -11261,89 +11429,90 @@
     <w:rsid w:val="00E947F3"/>
     <w:rsid w:val="00EA1B61"/>
     <w:rsid w:val="00EA6309"/>
     <w:rsid w:val="00ED22EC"/>
     <w:rsid w:val="00ED3115"/>
     <w:rsid w:val="00ED33AA"/>
     <w:rsid w:val="00ED4287"/>
     <w:rsid w:val="00ED53FE"/>
     <w:rsid w:val="00ED77EB"/>
     <w:rsid w:val="00EE1843"/>
     <w:rsid w:val="00EE3E78"/>
     <w:rsid w:val="00EE5A40"/>
     <w:rsid w:val="00EF06C9"/>
     <w:rsid w:val="00F026F4"/>
     <w:rsid w:val="00F0311B"/>
     <w:rsid w:val="00F06833"/>
     <w:rsid w:val="00F078B4"/>
     <w:rsid w:val="00F25B01"/>
     <w:rsid w:val="00F310BD"/>
     <w:rsid w:val="00F312A5"/>
     <w:rsid w:val="00F32D49"/>
     <w:rsid w:val="00F36132"/>
     <w:rsid w:val="00F37C4F"/>
     <w:rsid w:val="00F418E4"/>
     <w:rsid w:val="00F427FD"/>
+    <w:rsid w:val="00F42A2A"/>
     <w:rsid w:val="00F432C6"/>
     <w:rsid w:val="00F433F0"/>
     <w:rsid w:val="00F54A49"/>
     <w:rsid w:val="00F5745C"/>
     <w:rsid w:val="00F606DA"/>
     <w:rsid w:val="00F61AF7"/>
     <w:rsid w:val="00F734B1"/>
     <w:rsid w:val="00F75AB6"/>
     <w:rsid w:val="00F80528"/>
     <w:rsid w:val="00F910E6"/>
     <w:rsid w:val="00FA02F9"/>
     <w:rsid w:val="00FA487F"/>
     <w:rsid w:val="00FB0385"/>
     <w:rsid w:val="00FB287C"/>
     <w:rsid w:val="00FC13D2"/>
     <w:rsid w:val="00FC21EB"/>
     <w:rsid w:val="00FE0A14"/>
     <w:rsid w:val="00FE3ADB"/>
     <w:rsid w:val="00FE575A"/>
     <w:rsid w:val="00FE6F6B"/>
     <w:rsid w:val="00FF559B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="149505"/>
+    <o:shapedefaults v:ext="edit" spidmax="155649"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="13231AC7"/>
   <w15:docId w15:val="{9F45738A-233F-497E-BFE4-77ABAADB9C20}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
@@ -11926,51 +12095,53 @@
     <w:link w:val="BodyText"/>
     <w:rsid w:val="00D378B1"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="el-GR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00B9775D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
+    <w:aliases w:val="Dot pt,F5 List Paragraph,List Paragraph1,Paragraphe EI,Paragraphe de liste1,EC,List Paragraph Main,List first level,Paragraphe de liste,Noise heading,RUS List,TOC style,lp1,Bullet OSM,Proposal Bullet List,Cell bullets,Issue Action POC,3"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00C07C5D"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="0015501F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:val="el-GR" w:eastAsia="el-GR"/>
     </w:rPr>
     <w:tblPr>
@@ -12131,50 +12302,65 @@
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00204E11"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006E1D10"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
+    <w:name w:val="List Paragraph Char"/>
+    <w:aliases w:val="Dot pt Char,F5 List Paragraph Char,List Paragraph1 Char,Paragraphe EI Char,Paragraphe de liste1 Char,EC Char,List Paragraph Main Char,List first level Char,Paragraphe de liste Char,Noise heading Char,RUS List Char,TOC style Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="ListParagraph"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CC5061"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="4022596">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="171460973">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -12567,74 +12753,74 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8FAC2877-37BF-487F-9EA4-583F84E25E17}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2489</Characters>
+  <Pages>2</Pages>
+  <Words>455</Words>
+  <Characters>2594</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>21</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Τίτλος</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2920</CharactersWithSpaces>
+  <CharactersWithSpaces>3043</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>EK</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>