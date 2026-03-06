--- v0 (2025-12-13)
+++ v1 (2026-03-06)
@@ -1,54 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5EA001FB" w14:textId="30CE4EFC" w:rsidR="001F6F37" w:rsidRPr="006C7F87" w:rsidRDefault="00364479" w:rsidP="002B34DB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-294"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C7F87">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="550A7824" wp14:editId="64785D3E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-990600</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
@@ -143,59 +145,59 @@
     </w:p>
     <w:p w14:paraId="3B78D9B8" w14:textId="18A35CC3" w:rsidR="001F6F37" w:rsidRPr="006C7F87" w:rsidRDefault="001F6F37" w:rsidP="002B34DB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-294"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26453206" w14:textId="77777777" w:rsidR="001F6F37" w:rsidRPr="006C7F87" w:rsidRDefault="001F6F37" w:rsidP="002B34DB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-294"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="479CE346" w14:textId="77777777" w:rsidR="00815B35" w:rsidRPr="006C7F87" w:rsidRDefault="00815B35" w:rsidP="002B34DB">
+    <w:p w14:paraId="479CE346" w14:textId="77777777" w:rsidR="00815B35" w:rsidRPr="00943E1D" w:rsidRDefault="00815B35" w:rsidP="002B34DB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-294"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68C7DF20" w14:textId="77777777" w:rsidR="00AD53DA" w:rsidRDefault="00AD53DA" w:rsidP="002B34DB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-294"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="202BA893" w14:textId="77777777" w:rsidR="00AD53DA" w:rsidRDefault="00AD53DA" w:rsidP="005310CB">
       <w:pPr>
         <w:ind w:right="-294"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -347,51 +349,51 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="572D6DE4" w14:textId="77777777" w:rsidR="00295C17" w:rsidRDefault="00295C17"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+          <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="0C1950D6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:.15pt;margin-top:-.25pt;width:245.5pt;height:54.7pt;z-index:-251655168;visibility:visible;mso-wrap-style:none;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCGuqHGDQIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817Jc10kEy4GbwEUB&#10;IwngFDnTFGkJILkESVtyv75LSn407anohVrurvYxM5zfd1qRg3C+AVPSfDSmRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgWMb5obUnrEGyRZZ7XQjM/AisMBiU4zQJe3S6rHGux&#10;ulbZZDyeZS24yjrgwnv0PvZBukj1pRQ8PEvpRSCqpDhbSKdL5zae2WLOip1jtm74MAb7hyk0aww2&#10;PZd6ZIGRvWv+KKUb7sCDDCMOOgMpGy7SDrhNPn63zaZmVqRdEBxvzzD5/1eWPx029sWR0H2FDgmM&#10;gLTWFx6dcZ9OOh2/OCnBOEJ4PMMmukA4Oj/n+c1sjCGOsdnd9BZtLJNd/rbOh28CNIlGSR3SktBi&#10;h7UPfeopJTYzsGqUStQo85sDa0ZPdhkxWqHbdsPcW6iOuI6Dnmlv+arBnmvmwwtzSC2OiXINz3hI&#10;BW1JYbAoqcH9/Js/5iPiGKWkRamU1KCWKVHfDTJxl0+nUVnpMv1yM8GLu45sryNmrx8AtZjjs7A8&#10;mTE/qJMpHeg31PQy9sQQMxw7lzSczIfQyxffBBfLZUpCLVkW1mZjeSwdIYt4vnZvzNkB9IB0PcFJ&#10;Uqx4h32fG//0drkPyEAiJsLbYzqgjjpM1A5vJgr9+p6yLi978QsAAP//AwBQSwMEFAAGAAgAAAAh&#10;ALdl6fTYAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMjsFOwzAQRO9I/IO1SNxaO6VFSYhToQJn&#10;oPABbrzEIfE6it028PUsJziO5mnmVdvZD+KEU+wCaciWCgRSE2xHrYb3t6dFDiImQ9YMgVDDF0bY&#10;1pcXlSltONMrnvapFTxCsTQaXEpjKWVsHHoTl2FE4u4jTN4kjlMr7WTOPO4HuVLqVnrTET84M+LO&#10;YdPvj15Drvxz3xerl+jX39nG7R7C4/ip9fXVfH8HIuGc/mD41Wd1qNnpEI5koxg03DCnYbEBweW6&#10;yDgfmFJ5AbKu5H/9+gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCGuqHGDQIAACEEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC3Zen02AAAAAYB&#10;AAAPAAAAAAAAAAAAAAAAAGcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbAUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="572D6DE4" w14:textId="77777777" w:rsidR="00295C17" w:rsidRDefault="00295C17"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="56F2F3A1" w14:textId="77777777" w:rsidR="00EC44E5" w:rsidRDefault="00EC44E5" w:rsidP="00330F5E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-294"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
@@ -688,1640 +690,1640 @@
               <w:b/>
               <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Contents</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="36E2C453" w14:textId="77777777" w:rsidR="00D10160" w:rsidRPr="00A97697" w:rsidRDefault="00D10160" w:rsidP="00D10160">
           <w:pPr>
             <w:keepNext/>
             <w:keepLines/>
             <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:b/>
               <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="4821C403" w14:textId="111E8D04" w:rsidR="001C5937" w:rsidRDefault="00D10160">
+        <w:p w14:paraId="7EB0E84A" w14:textId="2B7309D4" w:rsidR="00A321D0" w:rsidRDefault="00D10160">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A97697">
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00A97697">
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00A97697">
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc182315088" w:history="1">
-            <w:r w:rsidR="001C5937" w:rsidRPr="00F25E59">
+          <w:hyperlink w:anchor="_Toc202532671" w:history="1">
+            <w:r w:rsidR="00A321D0" w:rsidRPr="00B744CD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>GENERAL INSTRUCTIONS</w:t>
             </w:r>
-            <w:r w:rsidR="001C5937">
+            <w:r w:rsidR="00A321D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001C5937">
+            <w:r w:rsidR="00A321D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001C5937">
+            <w:r w:rsidR="00A321D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc182315088 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="001C5937">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc202532671 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00A321D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="001C5937">
+            <w:r w:rsidR="00A321D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001C5937">
+            <w:r w:rsidR="006501A6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="001C5937">
+            <w:r w:rsidR="00A321D0">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5269783D" w14:textId="5B07136B" w:rsidR="001C5937" w:rsidRDefault="001C5937">
+        <w:p w14:paraId="63CC483B" w14:textId="2A4C8297" w:rsidR="00A321D0" w:rsidRDefault="00A321D0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc182315089" w:history="1">
-            <w:r w:rsidRPr="00F25E59">
+          <w:hyperlink w:anchor="_Toc202532672" w:history="1">
+            <w:r w:rsidRPr="00B744CD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>PART A – Contact Details</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc182315089 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc202532672 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006501A6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="33368B23" w14:textId="4A5FB119" w:rsidR="001C5937" w:rsidRDefault="001C5937">
+        <w:p w14:paraId="2EFBE842" w14:textId="69E29177" w:rsidR="00A321D0" w:rsidRDefault="00A321D0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc182315090" w:history="1">
-            <w:r w:rsidRPr="00F25E59">
+          <w:hyperlink w:anchor="_Toc202532673" w:history="1">
+            <w:r w:rsidRPr="00B744CD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>PART B – Required information</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc182315090 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc202532673 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006501A6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4E84826C" w14:textId="1874D9AF" w:rsidR="001C5937" w:rsidRDefault="001C5937">
+        <w:p w14:paraId="110A0A3D" w14:textId="1D532B5B" w:rsidR="00A321D0" w:rsidRDefault="00A321D0">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc182315091" w:history="1">
-            <w:r w:rsidRPr="00F25E59">
+          <w:hyperlink w:anchor="_Toc202532674" w:history="1">
+            <w:r w:rsidRPr="00B744CD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>ANNEX A: General Information</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc182315091 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc202532674 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006501A6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4C8C58BA" w14:textId="18D27D67" w:rsidR="001C5937" w:rsidRDefault="001C5937">
+        <w:p w14:paraId="49378CF8" w14:textId="60A761BD" w:rsidR="00A321D0" w:rsidRDefault="00A321D0">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc182315092" w:history="1">
-            <w:r w:rsidRPr="00F25E59">
+          <w:hyperlink w:anchor="_Toc202532675" w:history="1">
+            <w:r w:rsidRPr="00B744CD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ANNEX B: Programme of Operations</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc182315092 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc202532675 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006501A6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3F34BC33" w14:textId="6160782F" w:rsidR="001C5937" w:rsidRDefault="001C5937">
+        <w:p w14:paraId="7327D285" w14:textId="6D59E600" w:rsidR="00A321D0" w:rsidRDefault="00A321D0">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc182315093" w:history="1">
-            <w:r w:rsidRPr="00F25E59">
+          <w:hyperlink w:anchor="_Toc202532676" w:history="1">
+            <w:r w:rsidRPr="00B744CD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>ANNEX C: Prudential requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc182315093 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc202532676 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006501A6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6524C831" w14:textId="450BE726" w:rsidR="001C5937" w:rsidRDefault="001C5937">
+        <w:p w14:paraId="59C41CA5" w14:textId="31C3CC1E" w:rsidR="00A321D0" w:rsidRDefault="00A321D0">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc182315094" w:history="1">
-            <w:r w:rsidRPr="00F25E59">
+          <w:hyperlink w:anchor="_Toc202532677" w:history="1">
+            <w:r w:rsidRPr="00B744CD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ANNEX D: Information about governance arrangements and internal control mechanisms</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc182315094 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc202532677 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006501A6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4F20ED92" w14:textId="0537DF1D" w:rsidR="001C5937" w:rsidRDefault="001C5937">
+        <w:p w14:paraId="538BC82C" w14:textId="572270BD" w:rsidR="00A321D0" w:rsidRDefault="00A321D0">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc182315095" w:history="1">
-            <w:r w:rsidRPr="00F25E59">
+          <w:hyperlink w:anchor="_Toc202532678" w:history="1">
+            <w:r w:rsidRPr="00B744CD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ANNEX E: Business Continuity</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc182315095 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc202532678 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006501A6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3D46D7DA" w14:textId="7631A80C" w:rsidR="001C5937" w:rsidRDefault="001C5937">
+        <w:p w14:paraId="348B1ED8" w14:textId="7C2BCE1C" w:rsidR="00A321D0" w:rsidRDefault="00A321D0">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc182315096" w:history="1">
-            <w:r w:rsidRPr="00F25E59">
+          <w:hyperlink w:anchor="_Toc202532679" w:history="1">
+            <w:r w:rsidRPr="00B744CD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ANNEX F: Detection and prevention of money laundering and terrorist financing</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc182315096 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc202532679 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006501A6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>17</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="61D3898E" w14:textId="6DFA9AE3" w:rsidR="001C5937" w:rsidRDefault="001C5937">
+        <w:p w14:paraId="582B1CA8" w14:textId="02F3D736" w:rsidR="00A321D0" w:rsidRDefault="00A321D0">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc182315097" w:history="1">
-            <w:r w:rsidRPr="00F25E59">
+          <w:hyperlink w:anchor="_Toc202532680" w:history="1">
+            <w:r w:rsidRPr="00B744CD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ANNEX G: Identity and proof of good repute, knowledge, skills, experience and of sufficient time commitment of the members of the management body</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc182315097 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc202532680 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006501A6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0B50F1BE" w14:textId="59E4B071" w:rsidR="001C5937" w:rsidRDefault="001C5937">
+        <w:p w14:paraId="08F75138" w14:textId="4A13FFB1" w:rsidR="00A321D0" w:rsidRDefault="00A321D0">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc182315098" w:history="1">
-            <w:r w:rsidRPr="00F25E59">
+          <w:hyperlink w:anchor="_Toc202532681" w:history="1">
+            <w:r w:rsidRPr="00B744CD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ANNEX H: Information relating to shareholders or members with qualifying holdings</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc182315098 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc202532681 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006501A6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>21</w:t>
+              <w:t>22</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3B56C1BE" w14:textId="682BB10E" w:rsidR="001C5937" w:rsidRDefault="001C5937">
+        <w:p w14:paraId="12F3924F" w14:textId="7EFDC917" w:rsidR="00A321D0" w:rsidRDefault="00A321D0">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc182315099" w:history="1">
-            <w:r w:rsidRPr="00F25E59">
+          <w:hyperlink w:anchor="_Toc202532682" w:history="1">
+            <w:r w:rsidRPr="00B744CD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ANNEX I:  ICT systems and related security arrangements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc182315099 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc202532682 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006501A6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0A5366F3" w14:textId="0D6943C7" w:rsidR="001C5937" w:rsidRDefault="001C5937">
+        <w:p w14:paraId="2540A6AF" w14:textId="6B67726B" w:rsidR="00A321D0" w:rsidRDefault="00A321D0">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc182315100" w:history="1">
-            <w:r w:rsidRPr="00F25E59">
+          <w:hyperlink w:anchor="_Toc202532683" w:history="1">
+            <w:r w:rsidRPr="00B744CD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ANNEX J: Segregation of clients’ crypto-assets and funds</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc182315100 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc202532683 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006501A6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3CA13259" w14:textId="2755DF02" w:rsidR="001C5937" w:rsidRDefault="001C5937">
+        <w:p w14:paraId="3C475414" w14:textId="0146C06A" w:rsidR="00A321D0" w:rsidRDefault="00A321D0">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc182315101" w:history="1">
-            <w:r w:rsidRPr="00F25E59">
+          <w:hyperlink w:anchor="_Toc202532684" w:history="1">
+            <w:r w:rsidRPr="00B744CD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ANNEX K:  Complaints handling</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc182315101 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc202532684 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006501A6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0F155168" w14:textId="57240BED" w:rsidR="001C5937" w:rsidRDefault="001C5937">
+        <w:p w14:paraId="17714834" w14:textId="2FC2ED6D" w:rsidR="00A321D0" w:rsidRDefault="00A321D0">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc182315102" w:history="1">
-            <w:r w:rsidRPr="00F25E59">
+          <w:hyperlink w:anchor="_Toc202532685" w:history="1">
+            <w:r w:rsidRPr="00B744CD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ANNEX L: Operating rules of the trading platform and market abuse detection</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc182315102 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc202532685 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006501A6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3FE0CACA" w14:textId="7F5BC45E" w:rsidR="001C5937" w:rsidRDefault="001C5937">
+        <w:p w14:paraId="6FEBAA8F" w14:textId="059E5376" w:rsidR="00A321D0" w:rsidRDefault="00A321D0">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc182315103" w:history="1">
-            <w:r w:rsidRPr="00F25E59">
+          <w:hyperlink w:anchor="_Toc202532686" w:history="1">
+            <w:r w:rsidRPr="00B744CD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ANNEX M: Custody and administration policy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc182315103 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc202532686 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006501A6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2DD07037" w14:textId="62C315A9" w:rsidR="001C5937" w:rsidRDefault="001C5937">
+        <w:p w14:paraId="3EFB2E94" w14:textId="33930C21" w:rsidR="00A321D0" w:rsidRDefault="00A321D0">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc182315104" w:history="1">
-            <w:r w:rsidRPr="00F25E59">
+          <w:hyperlink w:anchor="_Toc202532687" w:history="1">
+            <w:r w:rsidRPr="00B744CD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ANNEX O: Execution policy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc182315104 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc202532687 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006501A6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>29</w:t>
+              <w:t>30</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="306DB6BD" w14:textId="222F51C3" w:rsidR="001C5937" w:rsidRDefault="001C5937">
+        <w:p w14:paraId="4536BCB5" w14:textId="16E4E3E4" w:rsidR="00A321D0" w:rsidRDefault="00A321D0">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc182315105" w:history="1">
-            <w:r w:rsidRPr="00F25E59">
+          <w:hyperlink w:anchor="_Toc202532688" w:history="1">
+            <w:r w:rsidRPr="00B744CD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ANNEX P: Provision of advice or portfolio management on crypto-assets</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc182315105 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc202532688 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006501A6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7C083272" w14:textId="69640736" w:rsidR="001C5937" w:rsidRDefault="001C5937">
+        <w:p w14:paraId="5FF23688" w14:textId="414F4F4B" w:rsidR="00A321D0" w:rsidRDefault="00A321D0">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc182315106" w:history="1">
-            <w:r w:rsidRPr="00F25E59">
+          <w:hyperlink w:anchor="_Toc202532689" w:history="1">
+            <w:r w:rsidRPr="00B744CD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ANNEX Q: Transfer services</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc182315106 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc202532689 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006501A6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="61842BAF" w14:textId="2E7A8062" w:rsidR="001C5937" w:rsidRDefault="001C5937">
+        <w:p w14:paraId="6A22E3E2" w14:textId="4CEF12DC" w:rsidR="00A321D0" w:rsidRDefault="00A321D0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc182315107" w:history="1">
-            <w:r w:rsidRPr="00F25E59">
+          <w:hyperlink w:anchor="_Toc202532690" w:history="1">
+            <w:r w:rsidRPr="00B744CD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>PART C: CONFIRMATIONS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc182315107 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc202532690 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006501A6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>33</w:t>
+              <w:t>35</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="268CC48C" w14:textId="59FBA3AA" w:rsidR="001C5937" w:rsidRDefault="001C5937">
+        <w:p w14:paraId="578D4531" w14:textId="1FDC621B" w:rsidR="00A321D0" w:rsidRDefault="00A321D0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc182315108" w:history="1">
-            <w:r w:rsidRPr="00F25E59">
+          <w:hyperlink w:anchor="_Toc202532691" w:history="1">
+            <w:r w:rsidRPr="00B744CD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>PART D: LIST OF ADDITIONAL DOCUMENTS THAT ACCOMPANY THE APPLICATION FORM</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc182315108 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc202532691 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006501A6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>35</w:t>
+              <w:t>37</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0AD53DA9" w14:textId="08C9EB2D" w:rsidR="00D10160" w:rsidRDefault="00D10160" w:rsidP="00D10160">
+        <w:p w14:paraId="0AD53DA9" w14:textId="61A45ED0" w:rsidR="00D10160" w:rsidRDefault="00D10160" w:rsidP="00D10160">
           <w:pPr>
             <w:spacing w:line="276" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A97697">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="2030D411" w14:textId="77777777" w:rsidR="00D10160" w:rsidRDefault="00D10160" w:rsidP="00D10160">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
@@ -2366,51 +2368,51 @@
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="783A36F6" w14:textId="09FA82EB" w:rsidR="00197AF1" w:rsidRPr="006C7F87" w:rsidRDefault="00B1727A" w:rsidP="002B34DB">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00712773">
         <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Toc498596957"/>
-      <w:bookmarkStart w:id="1" w:name="_Toc182315088"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc202532671"/>
       <w:r w:rsidR="006C7F87" w:rsidRPr="006C7F87">
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>GENERAL INSTRUCTIONS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="006C7F87" w:rsidRPr="006C7F87">
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C5B719A" w14:textId="77777777" w:rsidR="001B16D1" w:rsidRDefault="001B16D1" w:rsidP="002B34DB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
@@ -3135,51 +3137,73 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, information which is publicly available or ha</w:t>
       </w:r>
       <w:r w:rsidR="00C777D1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="006C7F87">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> previously been disclosed to the Commission or to another supervisory authority, should not be considered as known by the Commission</w:t>
+        <w:t xml:space="preserve"> previously been disclosed to the Commission or to another supervisory </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006C7F87">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>authority,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006C7F87">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should not be considered as known by the Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BA203B1" w14:textId="77777777" w:rsidR="00DD5CE2" w:rsidRPr="006C7F87" w:rsidRDefault="00DD5CE2" w:rsidP="00EC44E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3564,51 +3588,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42E46207" w14:textId="77777777" w:rsidR="005E3855" w:rsidRDefault="005E3855" w:rsidP="005E3855">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57B02CC6" w14:textId="76034905" w:rsidR="008E665D" w:rsidRPr="008E665D" w:rsidRDefault="00813F57" w:rsidP="008E665D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc182315089"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc202532672"/>
       <w:r w:rsidRPr="008E665D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>PART A</w:t>
       </w:r>
       <w:r w:rsidR="008E665D" w:rsidRPr="008E665D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Contact Details</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="0BBAFF19" w14:textId="314B52CC" w:rsidR="00971ACD" w:rsidRPr="00971ACD" w:rsidRDefault="00971ACD" w:rsidP="00971ACD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -6857,81 +6881,111 @@
       </w:r>
       <w:r w:rsidRPr="00B0437F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
       <w:r w:rsidRPr="00B0437F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>insert appropriate name</w:t>
       </w:r>
       <w:r w:rsidRPr="00B0437F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>],</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22287ABC" w14:textId="3C2DA771" w:rsidR="002C111D" w:rsidRPr="006F5AF2" w:rsidRDefault="002C111D" w:rsidP="002C111D">
+    <w:p w14:paraId="22287ABC" w14:textId="223FAA3F" w:rsidR="002C111D" w:rsidRPr="006F5AF2" w:rsidRDefault="002C111D" w:rsidP="002C111D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE51DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">In accordance with the Commission </w:t>
       </w:r>
       <w:r w:rsidR="006854CB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Delegated</w:t>
       </w:r>
       <w:r w:rsidR="006854CB" w:rsidRPr="00BE51DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE51DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Regulation (EU) XXXX/XXX, </w:t>
+        <w:t>Regulation (EU</w:t>
+      </w:r>
+      <w:r w:rsidR="001534F0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00C638A3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE51DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00C638A3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>305</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE51DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="006854CB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>supplementing</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE51DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Regulation (EU) 2023/1114 of the European Parliament and of the Council </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00BE51DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>with regard to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00BE51DA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -8908,51 +8962,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2CD39F5F" w14:textId="29F5F836" w:rsidR="002923BF" w:rsidRPr="008E665D" w:rsidRDefault="001B2AE2" w:rsidP="008E665D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk141100416"/>
       <w:r w:rsidRPr="008E665D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="_Toc182315090"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc202532673"/>
       <w:r w:rsidR="00A143CB" w:rsidRPr="008E665D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>PART B</w:t>
       </w:r>
       <w:r w:rsidR="008E665D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Required information</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="7D3ACCC2" w14:textId="77777777" w:rsidR="001B2AE2" w:rsidRDefault="001B2AE2" w:rsidP="002923BF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
@@ -8970,51 +9024,51 @@
         <w:gridCol w:w="4496"/>
         <w:gridCol w:w="5989"/>
       </w:tblGrid>
       <w:tr w:rsidR="003C22C6" w14:paraId="2E51BD65" w14:textId="77777777" w:rsidTr="00641885">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="2C82B67D" w14:textId="77777777" w:rsidR="003C22C6" w:rsidRPr="00C660CB" w:rsidRDefault="003C22C6" w:rsidP="003C22C6">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="43DF95B2" w14:textId="290F797C" w:rsidR="00C07522" w:rsidRPr="001B3B53" w:rsidRDefault="00100A53" w:rsidP="008E665D">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
             </w:pPr>
-            <w:bookmarkStart w:id="5" w:name="_Toc182315091"/>
+            <w:bookmarkStart w:id="5" w:name="_Toc202532674"/>
             <w:r w:rsidRPr="00813F57">
               <w:t xml:space="preserve">ANNEX A: </w:t>
             </w:r>
             <w:r w:rsidR="00C07522" w:rsidRPr="001B3B53">
               <w:t>General Information</w:t>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
           <w:p w14:paraId="515E6B93" w14:textId="77777777" w:rsidR="003C22C6" w:rsidRPr="00C660CB" w:rsidRDefault="003C22C6" w:rsidP="003C22C6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C22C6" w14:paraId="79BC851A" w14:textId="77777777" w:rsidTr="00641885">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29BA477D" w14:textId="77777777" w:rsidR="005D7601" w:rsidRDefault="005D7601" w:rsidP="005D7601">
             <w:pPr>
@@ -9882,223 +9936,169 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="611DD175" w14:textId="57C94807" w:rsidR="00F4044A" w:rsidRPr="00EB29CB" w:rsidRDefault="00F4044A" w:rsidP="003C22C6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB29CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Where the applicant intends to operate a trading platform for </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Where the applicant intends to operate a trading platform for crypto-assets</w:t>
+            </w:r>
             <w:r w:rsidR="00E211BE" w:rsidRPr="00EB29CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="41DB2E58" w14:textId="46C9B85D" w:rsidR="00F4044A" w:rsidRPr="00EB29CB" w:rsidRDefault="00F4044A" w:rsidP="00EC44E5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB29CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">the physical address, phone number and email of the trading platform for </w:t>
-[...13 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>the physical address, phone number and email of the trading platform for crypto-assets</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="768EDCF9" w14:textId="4B3CEE6D" w:rsidR="00F4044A" w:rsidRPr="00EB29CB" w:rsidRDefault="00F4044A" w:rsidP="00EC44E5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB29CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">any commercial name of the trading platform for </w:t>
-[...13 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>any commercial name of the trading platform for crypto-assets</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="5B6F67B0" w14:textId="77777777" w:rsidR="00F4044A" w:rsidRDefault="00F4044A" w:rsidP="003C22C6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5989" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5BE9AAB2" w14:textId="77777777" w:rsidR="008945F4" w:rsidRDefault="008945F4" w:rsidP="003C22C6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A60204" w14:paraId="50B071BF" w14:textId="77777777" w:rsidTr="00641885">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A52FAFE" w14:textId="3C73D00B" w:rsidR="00A60204" w:rsidRDefault="00A60204" w:rsidP="00FE34ED">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81C8F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Where the applicant is not a legal person, documentation to assess whether the level of protection ensured to third </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> interests and the rights of the holders of crypto-assets, including in case of insolvency, is equivalent to that afforded by legal persons and that the applicant is subject to equivalent prudential supervision appropriate to their legal form</w:t>
+              <w:t>Where the applicant is not a legal person, documentation to assess whether the level of protection ensured to third parties interests and the rights of the holders of crypto-assets, including in case of insolvency, is equivalent to that afforded by legal persons and that the applicant is subject to equivalent prudential supervision appropriate to their legal form</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70A82060" w14:textId="77777777" w:rsidR="00F404FA" w:rsidRDefault="00F404FA" w:rsidP="00FE34ED">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7886C5BC" w14:textId="77777777" w:rsidR="00F404FA" w:rsidRDefault="00F404FA" w:rsidP="00FE34ED">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="17681905" w14:textId="5D6797AF" w:rsidR="003353C9" w:rsidRDefault="003353C9" w:rsidP="00FE34ED">
             <w:pPr>
               <w:jc w:val="both"/>
@@ -10436,67 +10436,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B56ACDE" w14:textId="6D543914" w:rsidR="00D863BF" w:rsidRPr="00A97697" w:rsidRDefault="0079536C" w:rsidP="001605B4">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="001605B4" w:rsidRPr="001605B4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">roviding custody and administration of </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> on behalf of clients</w:t>
+              <w:t>roviding custody and administration of crypto-assets on behalf of clients</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1798" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67328774" w14:textId="77777777" w:rsidR="00D863BF" w:rsidRPr="00A97697" w:rsidRDefault="00D863BF" w:rsidP="002805BD">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D863BF" w:rsidRPr="00A97697" w14:paraId="6098F42B" w14:textId="77777777" w:rsidTr="008E665D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="743" w:type="dxa"/>
@@ -10522,67 +10506,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A5F03D1" w14:textId="59B3CBB9" w:rsidR="00D863BF" w:rsidRPr="00A97697" w:rsidRDefault="0079536C" w:rsidP="00CD6593">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
             <w:r w:rsidR="00CD6593" w:rsidRPr="00CD6593">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">peration of a trading platform for </w:t>
-[...15 lines deleted...]
-              <w:t>;</w:t>
+              <w:t>peration of a trading platform for crypto-assets;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1798" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A224AB7" w14:textId="77777777" w:rsidR="00D863BF" w:rsidRPr="00A97697" w:rsidRDefault="00D863BF" w:rsidP="002805BD">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D863BF" w:rsidRPr="00A97697" w14:paraId="3B8DA46E" w14:textId="77777777" w:rsidTr="008E665D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="743" w:type="dxa"/>
@@ -10608,67 +10576,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02AD46D0" w14:textId="1F230279" w:rsidR="00D863BF" w:rsidRPr="00A97697" w:rsidRDefault="0079536C" w:rsidP="00CD6593">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidR="00CD6593" w:rsidRPr="00CD6593">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">xchange of </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> for funds;</w:t>
+              <w:t>xchange of crypto-assets for funds;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1798" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C823DE7" w14:textId="77777777" w:rsidR="00D863BF" w:rsidRPr="00A97697" w:rsidRDefault="00D863BF" w:rsidP="002805BD">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D863BF" w:rsidRPr="00A97697" w14:paraId="2AD8DE41" w14:textId="77777777" w:rsidTr="008E665D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="743" w:type="dxa"/>
@@ -10827,67 +10779,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="28789A1D" w14:textId="31C6F5CA" w:rsidR="00D863BF" w:rsidRPr="00A97697" w:rsidRDefault="0068652A" w:rsidP="00CD6593">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00CD6593" w:rsidRPr="00CD6593">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">lacing of </w:t>
-[...15 lines deleted...]
-              <w:t>;</w:t>
+              <w:t>lacing of crypto-assets;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1798" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35BD0CB3" w14:textId="77777777" w:rsidR="00D863BF" w:rsidRPr="00A97697" w:rsidRDefault="00D863BF" w:rsidP="002805BD">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD6593" w:rsidRPr="00A97697" w14:paraId="6AAA36D6" w14:textId="77777777" w:rsidTr="008E665D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="743" w:type="dxa"/>
@@ -10913,67 +10849,51 @@
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2643B4D4" w14:textId="23CFD81D" w:rsidR="00CD6593" w:rsidRPr="00CD6593" w:rsidRDefault="0068652A" w:rsidP="00CD6593">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidR="00CD6593" w:rsidRPr="00CD6593">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">eception and transmission of orders for </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> on behalf of clients;</w:t>
+              <w:t>eception and transmission of orders for crypto-assets on behalf of clients;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1798" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E7CF406" w14:textId="77777777" w:rsidR="00CD6593" w:rsidRPr="00A97697" w:rsidRDefault="00CD6593" w:rsidP="002805BD">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD6593" w:rsidRPr="00A97697" w14:paraId="4EB30AB0" w14:textId="77777777" w:rsidTr="008E665D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="743" w:type="dxa"/>
@@ -11000,67 +10920,51 @@
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F1B2B00" w14:textId="1DE25EDE" w:rsidR="00CD6593" w:rsidRPr="00CD6593" w:rsidRDefault="00022AA2" w:rsidP="00CD6593">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00CD6593" w:rsidRPr="00CD6593">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">roviding advice on </w:t>
-[...15 lines deleted...]
-              <w:t>;</w:t>
+              <w:t>roviding advice on crypto-assets;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1798" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="504DAB57" w14:textId="77777777" w:rsidR="00CD6593" w:rsidRPr="00A97697" w:rsidRDefault="00CD6593" w:rsidP="002805BD">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD6593" w:rsidRPr="00A97697" w14:paraId="7F94A72E" w14:textId="77777777" w:rsidTr="008E665D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="743" w:type="dxa"/>
@@ -11093,67 +10997,51 @@
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="09AEE895" w14:textId="26A4BE7C" w:rsidR="00CD6593" w:rsidRPr="00CD6593" w:rsidRDefault="00B51E17" w:rsidP="00CD6593">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00CD6593" w:rsidRPr="00CD6593">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">roviding portfolio management on </w:t>
-[...15 lines deleted...]
-              <w:t>;</w:t>
+              <w:t>roviding portfolio management on crypto-assets;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1798" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="161D5D65" w14:textId="77777777" w:rsidR="00CD6593" w:rsidRPr="00A97697" w:rsidRDefault="00CD6593" w:rsidP="002805BD">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD6593" w:rsidRPr="00A97697" w14:paraId="305B9C56" w14:textId="77777777" w:rsidTr="008E665D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="743" w:type="dxa"/>
@@ -11179,67 +11067,51 @@
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7614A10C" w14:textId="6375092C" w:rsidR="00CD6593" w:rsidRPr="00CD6593" w:rsidRDefault="00551A7C" w:rsidP="00CD6593">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00CD6593" w:rsidRPr="00CD6593">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">roviding transfer services for </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> on behalf of clients;</w:t>
+              <w:t>roviding transfer services for crypto-assets on behalf of clients;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1798" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10733F99" w14:textId="77777777" w:rsidR="00CD6593" w:rsidRPr="00A97697" w:rsidRDefault="00CD6593" w:rsidP="002805BD">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
@@ -11306,51 +11178,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8391" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="1E21B8F7" w14:textId="594665E3" w:rsidR="002C5C0A" w:rsidRPr="00785800" w:rsidRDefault="002C5C0A" w:rsidP="00A60204">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="44765161" w14:textId="42B80D3B" w:rsidR="002C5C0A" w:rsidRPr="000061D6" w:rsidRDefault="007B6459" w:rsidP="008E665D">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="6" w:name="_Toc182315092"/>
+            <w:bookmarkStart w:id="6" w:name="_Toc202532675"/>
             <w:r w:rsidRPr="000061D6">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00113852" w:rsidRPr="000061D6">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>NNEX</w:t>
             </w:r>
             <w:r w:rsidRPr="000061D6">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> B: </w:t>
             </w:r>
             <w:r w:rsidR="002C5C0A" w:rsidRPr="000061D6">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Program</w:t>
             </w:r>
             <w:r w:rsidR="00C56248">
@@ -11544,51 +11416,69 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="01CEA747" w14:textId="2DA4DF57" w:rsidR="00CD55AA" w:rsidRPr="000F7862" w:rsidRDefault="000B4204" w:rsidP="000F7862">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B4204">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Relevant Doc. (#Paragraph, #Page)</w:t>
+              <w:t>Relevant Doc</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000B4204">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>. (#Paragraph, #</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000B4204">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Page)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00113852" w14:paraId="32CCB710" w14:textId="77777777" w:rsidTr="00C56248">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75A7210F" w14:textId="4FD05C05" w:rsidR="00113852" w:rsidRPr="00F41023" w:rsidRDefault="00D5317F" w:rsidP="00113852">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>B1</w:t>
@@ -11941,58 +11831,69 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> provide clear </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>description</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE71EF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>about the</w:t>
+              <w:t>about</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE71EF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> crypto-asset services </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">it </w:t>
             </w:r>
             <w:r w:rsidRPr="00FE71EF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
@@ -12151,51 +12052,71 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Please include whether you (intend to) provide (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE71EF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FE71EF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>) any staking and/or lending services, or (ii) non-custodial wallets to clients.</w:t>
+              <w:t xml:space="preserve">) any </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FE71EF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>staking</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FE71EF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and/or lending services, or (ii) non-custodial wallets to clients.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F93AAD7" w14:textId="35ADE566" w:rsidR="002C5C0A" w:rsidRPr="00B252C3" w:rsidRDefault="002C5C0A" w:rsidP="00DB668D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F0E0997" w14:textId="12436183" w:rsidR="002C5C0A" w:rsidRPr="00FE71EF" w:rsidRDefault="002C5C0A" w:rsidP="00FE71EF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -12815,65 +12736,52 @@
           <w:p w14:paraId="5F83B718" w14:textId="1163F979" w:rsidR="002C5C0A" w:rsidRPr="000D6224" w:rsidRDefault="002C5C0A" w:rsidP="00EC44E5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D6224">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">types of </w:t>
-[...13 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>types of crypto-assets</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="61CA785C" w14:textId="520E98D6" w:rsidR="002C5C0A" w:rsidRPr="00EC3CC7" w:rsidRDefault="002C5C0A" w:rsidP="000C5939">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C56248">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -13508,69 +13416,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>B15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05BE5921" w14:textId="69B448C5" w:rsidR="00C56248" w:rsidRPr="00C56248" w:rsidRDefault="00C56248" w:rsidP="00863866">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C56248">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Where the applicant intends to provide the service of reception and transmission of orders for </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> on behalf of clients, it shall provide to the competent authority a copy of the policies and procedures and a description of the arrangements ensuring compliance with the requirements set out in Article 80 of Regulation (EU) 2023/1114.</w:t>
+              <w:t>Where the applicant intends to provide the service of reception and transmission of orders for crypto-assets on behalf of clients, it shall provide to the competent authority a copy of the policies and procedures and a description of the arrangements ensuring compliance with the requirements set out in Article 80 of Regulation (EU) 2023/1114.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01BD5466" w14:textId="77777777" w:rsidR="00C56248" w:rsidRPr="00C56248" w:rsidRDefault="00C56248" w:rsidP="003A72ED">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1EEE51BE" w14:textId="77777777" w:rsidR="00C56248" w:rsidRPr="00C56248" w:rsidRDefault="00C56248" w:rsidP="003A72ED">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
@@ -13645,67 +13535,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>the applicant</w:t>
             </w:r>
             <w:r w:rsidRPr="00C56248">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> intend</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00C56248">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve"> to provide the service of placing of </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+              <w:t xml:space="preserve"> to provide the service of placing of crypto-assets, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">it </w:t>
             </w:r>
             <w:r w:rsidRPr="00C56248">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">shall provide a copy of the procedures to identify, prevent, manage and disclose conflicts of interests and a description of the arrangements in place to comply with Article 79 of Regulation (EU) 2023/1114 and the Commission Delegated Regulation establishing technical standards adopted pursuant to Article 72(5) of Regulation (EU) 2023/1114 </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B44E01E" w14:textId="77777777" w:rsidR="00C56248" w:rsidRPr="00C56248" w:rsidRDefault="00C56248" w:rsidP="00C56248">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -13807,51 +13681,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8391" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="0AB044CE" w14:textId="62513345" w:rsidR="002C5C0A" w:rsidRDefault="002C5C0A" w:rsidP="003A72ED">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="33E52F75" w14:textId="05E73E68" w:rsidR="002C5C0A" w:rsidRDefault="004C0C9B" w:rsidP="008C747F">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
             </w:pPr>
-            <w:bookmarkStart w:id="7" w:name="_Toc182315093"/>
+            <w:bookmarkStart w:id="7" w:name="_Toc202532676"/>
             <w:r>
               <w:t>ANNEX C:</w:t>
             </w:r>
             <w:r w:rsidR="002C5C0A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="002C5C0A">
               <w:t>Prudential</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="002C5C0A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="002C5C0A">
               <w:t>requirements</w:t>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="0153FA6F" w14:textId="77777777" w:rsidR="002C5C0A" w:rsidRDefault="002C5C0A" w:rsidP="003A72ED">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
@@ -14236,71 +14110,51 @@
               <w:t>planning assumptions including stress scenarios for the above forecast as well as explanations of the figures.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00B47730" w14:textId="1867B786" w:rsidR="0018674A" w:rsidRPr="008C747F" w:rsidRDefault="0018674A" w:rsidP="008C747F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0018674A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">expected number and type of clients, volume of orders and transactions and expected maximum amount of </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> under custody</w:t>
+              <w:t>expected number and type of clients, volume of orders and transactions and expected maximum amount of crypto-assets under custody</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4177C8C1" w14:textId="5DF85BF5" w:rsidR="000E6351" w:rsidRPr="0018674A" w:rsidRDefault="000E6351" w:rsidP="0018674A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B5D76A5" w14:textId="77777777" w:rsidR="000E6351" w:rsidRDefault="000E6351" w:rsidP="000E6351">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14574,129 +14428,103 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0018674A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">documentation on how the applicant has calculated the amount in accordance with Article 67 of Regulation (EU) </w:t>
-[...13 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>documentation on how the applicant has calculated the amount in accordance with Article 67 of Regulation (EU) 2023/1114;</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="6E842E14" w14:textId="15027048" w:rsidR="000E6351" w:rsidRPr="0018674A" w:rsidRDefault="0018674A" w:rsidP="0018674A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0018674A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">for undertakings or other legal persons that are already active and whose financial statements are not audited, a certification by the national supervisor of the amount of own funds of the </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0018674A">
+              <w:t>for undertakings or other legal persons that are already active and whose financial statements are not audited, a certification by the national supervisor of the amount of own funds of the applican</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>applican</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="000E6351" w:rsidRPr="0018674A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>t</w:t>
-[...9 lines deleted...]
-              </w:rPr>
               <w:t>;</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="1376F8CE" w14:textId="4DA41131" w:rsidR="000E6351" w:rsidRPr="00EC3CC7" w:rsidRDefault="0018674A" w:rsidP="0018674A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC3CC7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -14901,51 +14729,51 @@
           </w:tcPr>
           <w:p w14:paraId="23DE60A3" w14:textId="77777777" w:rsidR="000E6351" w:rsidRPr="00F80DB4" w:rsidRDefault="000E6351" w:rsidP="000E6351">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8391" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="2D03CC05" w14:textId="4326F280" w:rsidR="000E6351" w:rsidRPr="008D427A" w:rsidRDefault="00A967DB" w:rsidP="008D427A">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="8" w:name="_Toc182315094"/>
+            <w:bookmarkStart w:id="8" w:name="_Toc202532677"/>
             <w:r w:rsidRPr="008D427A">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ANNEX D:</w:t>
             </w:r>
             <w:r w:rsidR="000E6351" w:rsidRPr="008D427A">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Information about governance arrangements and internal control mechanisms</w:t>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
           <w:p w14:paraId="05B6AE17" w14:textId="77777777" w:rsidR="000E6351" w:rsidRDefault="000E6351" w:rsidP="000E6351">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -16294,75 +16122,51 @@
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:ind w:left="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F0156D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">monitor, assess, review the effectiveness of its conflicts of </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> policy and remedy any deficiencies</w:t>
+              <w:t>monitor, assess, review the effectiveness of its conflicts of interests policy and remedy any deficiencies</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="77AB6789" w14:textId="77777777" w:rsidR="000E6351" w:rsidRPr="00F0156D" w:rsidRDefault="000E6351" w:rsidP="00F0156D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="47430C12" w14:textId="2669D7FA" w:rsidR="000E6351" w:rsidRPr="00F0156D" w:rsidRDefault="000E6351" w:rsidP="00F0156D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
@@ -16448,51 +16252,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8391" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="402A97D9" w14:textId="1E91C3C7" w:rsidR="000E6351" w:rsidRDefault="000E6351" w:rsidP="000E6351">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2ED8AEED" w14:textId="174EED15" w:rsidR="000E6351" w:rsidRPr="00EC3CC7" w:rsidRDefault="00B411D6" w:rsidP="00F0156D">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="9" w:name="_Toc182315095"/>
+            <w:bookmarkStart w:id="9" w:name="_Toc202532678"/>
             <w:r w:rsidRPr="00EC3CC7">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">ANNEX E: </w:t>
             </w:r>
             <w:r w:rsidR="000E6351" w:rsidRPr="00EC3CC7">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Business Continuity</w:t>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
           <w:p w14:paraId="1DB7CCBA" w14:textId="6B2926BD" w:rsidR="004C6F4D" w:rsidRPr="00B6050A" w:rsidRDefault="000E6351" w:rsidP="000E6351">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -16756,51 +16560,69 @@
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>W</w:t>
             </w:r>
             <w:r w:rsidRPr="007F4056">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ith regard to</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="007F4056">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> critical or important functions supported by third-party service providers, details on how business continuity is ensured in the event that the quality of the provision of such functions deteriorates to an unacceptable level or fails</w:t>
+              <w:t xml:space="preserve"> critical or important functions supported by third-party service providers, details on how business continuity is ensured </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007F4056">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>in the event that</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007F4056">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the quality of the provision of such functions deteriorates to an unacceptable level or fails</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="007F4056">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1850" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6234655E" w14:textId="77777777" w:rsidR="00F0156D" w:rsidRDefault="00F0156D" w:rsidP="00190B68">
             <w:pPr>
@@ -16985,51 +16807,51 @@
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="21E2440E" w14:textId="68195151" w:rsidR="000E6351" w:rsidRDefault="000E6351" w:rsidP="000E6351">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0A09A7E9" w14:textId="597D619F" w:rsidR="000E6351" w:rsidRPr="00EC3CC7" w:rsidRDefault="00E75A91" w:rsidP="00F0156D">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="10" w:name="_Toc182315096"/>
+            <w:bookmarkStart w:id="10" w:name="_Toc202532679"/>
             <w:r w:rsidRPr="00EC3CC7">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>ANNEX F:</w:t>
             </w:r>
             <w:r w:rsidR="000E6351" w:rsidRPr="00EC3CC7">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Detection and prevention of money laundering and terrorist financing</w:t>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
           <w:p w14:paraId="2A23AE1E" w14:textId="77777777" w:rsidR="000E6351" w:rsidRPr="00EC3CC7" w:rsidRDefault="000E6351" w:rsidP="00F0156D">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="033254B5" w14:textId="20BF82CA" w:rsidR="000E6351" w:rsidRPr="003D37D5" w:rsidRDefault="00F0156D" w:rsidP="000E6351">
             <w:pPr>
@@ -17399,69 +17221,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t>F2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0ABE48A3" w14:textId="5C14CF4F" w:rsidR="000E6351" w:rsidRPr="008D6B53" w:rsidRDefault="000E6351" w:rsidP="000E6351">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D6B53">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> Measures that the applicant has or will put in place to prevent the identified risks and comply with applicable anti-money laundering and </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> financing requirements, including the applicant’s risk assessment process, the policies and procedures to comply with customer due diligence requirements, and the policies and procedures to detect and report suspicious transactions or activities</w:t>
+              <w:t xml:space="preserve"> Measures that the applicant has or will put in place to prevent the identified risks and comply with applicable anti-money laundering and counter-terrorist financing requirements, including the applicant’s risk assessment process, the policies and procedures to comply with customer due diligence requirements, and the policies and procedures to detect and report suspicious transactions or activities</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F668DAE" w14:textId="77777777" w:rsidR="000E6351" w:rsidRPr="008D6B53" w:rsidRDefault="000E6351" w:rsidP="000E6351">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0A4AE927" w14:textId="77777777" w:rsidR="004C6F4D" w:rsidRPr="00997247" w:rsidRDefault="004C6F4D" w:rsidP="004C6F4D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00997247">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -17506,96 +17310,127 @@
               <w:t>UBOs;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="6DBE4010" w14:textId="77777777" w:rsidR="004C6F4D" w:rsidRPr="004C6F4D" w:rsidRDefault="004C6F4D" w:rsidP="004C6F4D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C6F4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">the measures in place in order to determine whether a client or its UBO is a </w:t>
+              <w:t xml:space="preserve">the measures in place </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004C6F4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>in order to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004C6F4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> determine whether a client or its UBO is a </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004C6F4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PEP;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004C6F4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35C40FFF" w14:textId="406C01D9" w:rsidR="000E6351" w:rsidRPr="004C6F4D" w:rsidRDefault="004C6F4D" w:rsidP="004C6F4D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004C6F4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>the measures in place to establish whether the natural person representing the client is authorized and to identify this person and verify their identity</w:t>
+              <w:t>the measures</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004C6F4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in place to establish whether the natural person representing the client is authorized and to identify this person and verify their identity</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="57A509E3" w14:textId="77777777" w:rsidR="004C6F4D" w:rsidRPr="004C6F4D" w:rsidRDefault="004C6F4D" w:rsidP="004C6F4D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C6F4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">the measures in place to establish the purpose and intended nature of the business </w:t>
             </w:r>
@@ -17612,117 +17447,117 @@
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004C6F4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="717920AE" w14:textId="77777777" w:rsidR="004C6F4D" w:rsidRPr="004C6F4D" w:rsidRDefault="004C6F4D" w:rsidP="004C6F4D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004C6F4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">the measures in place to establish whether simplified customer due diligence is sufficient or enhanced customer due diligence is </w:t>
+              <w:t>the measures</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004C6F4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in place to establish whether simplified customer due diligence is sufficient or enhanced customer due diligence is </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004C6F4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>necessary;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004C6F4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01D26968" w14:textId="77777777" w:rsidR="004C6F4D" w:rsidRPr="004C6F4D" w:rsidRDefault="004C6F4D" w:rsidP="005E7FEC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004C6F4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>if</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> applicable the delegation of customer due diligence to third parties.</w:t>
+              <w:t>if applicable the delegation of customer due diligence to third parties.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5624B59B" w14:textId="6435DFAA" w:rsidR="004C6F4D" w:rsidRPr="004C6F4D" w:rsidRDefault="004C6F4D" w:rsidP="005E7FEC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C6F4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
@@ -17731,75 +17566,119 @@
               </w:rPr>
               <w:t xml:space="preserve">the process of monitoring the relationship and the transactions, if </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004C6F4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>necessary</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004C6F4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> with review of the source of the funds used in the relationship or for the transactions; </w:t>
+              <w:t xml:space="preserve"> with review of the source of the funds used in the relationship or for the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004C6F4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>transactions;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004C6F4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5957D67F" w14:textId="77777777" w:rsidR="004C6F4D" w:rsidRPr="004C6F4D" w:rsidRDefault="004C6F4D" w:rsidP="004C6F4D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C6F4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">the process reporting of suspicious transactions or </w:t>
+              <w:t xml:space="preserve">the process </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004C6F4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>reporting of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004C6F4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> suspicious transactions or </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004C6F4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>activities;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="19CCA227" w14:textId="77777777" w:rsidR="004C6F4D" w:rsidRPr="004C6F4D" w:rsidRDefault="004C6F4D" w:rsidP="004C6F4D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
@@ -17862,58 +17741,69 @@
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004C6F4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26126BBE" w14:textId="77777777" w:rsidR="004C6F4D" w:rsidRPr="004C6F4D" w:rsidRDefault="004C6F4D" w:rsidP="004C6F4D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004C6F4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">the measures in place to avoid acting in contravention of the </w:t>
+              <w:t>the measures</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004C6F4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in place to avoid acting in contravention of the </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004C6F4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>sanctions</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004C6F4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> regulations.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B18B933" w14:textId="1683BD47" w:rsidR="000E6351" w:rsidRPr="008D6B53" w:rsidRDefault="000E6351" w:rsidP="000E6351">
             <w:pPr>
               <w:jc w:val="both"/>
@@ -18418,82 +18308,82 @@
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="22C4714F" w14:textId="3CA6400E" w:rsidR="000E6351" w:rsidRDefault="000E6351" w:rsidP="000E6351">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3BDB373C" w14:textId="789FE35C" w:rsidR="000E6351" w:rsidRPr="00EC3CC7" w:rsidRDefault="0078013A" w:rsidP="00FB4EC9">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="12" w:name="_Toc182315097"/>
+            <w:bookmarkStart w:id="12" w:name="_Toc202532680"/>
             <w:r w:rsidRPr="00EC3CC7">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ANNEX G:</w:t>
             </w:r>
             <w:r w:rsidR="000E6351" w:rsidRPr="00EC3CC7">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Identity and proof of good repute, knowledge, skills, experience and of sufficient time commitment of the members of the management body</w:t>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
           <w:p w14:paraId="0D254681" w14:textId="77777777" w:rsidR="000E6351" w:rsidRDefault="000E6351" w:rsidP="000E6351">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="662AF536" w14:textId="0421EB1E" w:rsidR="000E6351" w:rsidRPr="00717E2A" w:rsidRDefault="00717E2A" w:rsidP="00130D41">
+          <w:p w14:paraId="662AF536" w14:textId="36E4A1DE" w:rsidR="000E6351" w:rsidRPr="00717E2A" w:rsidRDefault="00717E2A" w:rsidP="00130D41">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00717E2A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>The Applicant sha</w:t>
             </w:r>
             <w:r w:rsidR="000E6351" w:rsidRPr="00717E2A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
@@ -18526,71 +18416,51 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>all</w:t>
             </w:r>
             <w:r w:rsidR="000E6351" w:rsidRPr="00717E2A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> of</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="000E6351" w:rsidRPr="00717E2A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> the following information </w:t>
-[...19 lines deleted...]
-              <w:t>:</w:t>
+              <w:t xml:space="preserve"> the following </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B3FF25A" w14:textId="77777777" w:rsidR="000E6351" w:rsidRPr="00FB48F9" w:rsidRDefault="000E6351" w:rsidP="00130D41">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="700ABFB0" w14:textId="77777777" w:rsidR="000E6351" w:rsidRDefault="000E6351" w:rsidP="000E6351">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
@@ -18707,2061 +18577,800 @@
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13BE1777" w14:textId="5472263A" w:rsidR="005A2903" w:rsidRPr="00DC4B4B" w:rsidRDefault="00DC4B4B" w:rsidP="000E6351">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>G1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EFBDE31" w14:textId="65D519A9" w:rsidR="005A2903" w:rsidRPr="00270625" w:rsidRDefault="005A2903" w:rsidP="005A2903">
+          <w:p w14:paraId="5EFBDE31" w14:textId="538660AE" w:rsidR="005A2903" w:rsidRPr="00270625" w:rsidRDefault="005A2903" w:rsidP="005A2903">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00270625">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00717E2A">
-[...5 lines deleted...]
-              <w:t>The f</w:t>
+            <w:r w:rsidR="001534F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">List of the </w:t>
+            </w:r>
+            <w:r w:rsidR="00665C26">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>member</w:t>
+            </w:r>
+            <w:r w:rsidR="001534F0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00665C26">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of the Applicant’ s management body:</w:t>
             </w:r>
             <w:r w:rsidRPr="00270625">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">ull name and, where different, name at birth </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E96FA42" w14:textId="77777777" w:rsidR="005A2903" w:rsidRPr="00270625" w:rsidRDefault="005A2903" w:rsidP="000E6351">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="010BA181" w14:textId="77777777" w:rsidR="005A2903" w:rsidRDefault="005A2903" w:rsidP="000E6351">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E6351" w14:paraId="6187B8AC" w14:textId="77777777" w:rsidTr="00C56248">
+      <w:tr w:rsidR="00665C26" w14:paraId="24DB13FA" w14:textId="77777777" w:rsidTr="00C56248">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="435935B4" w14:textId="7823A6B2" w:rsidR="000E6351" w:rsidRPr="00270625" w:rsidRDefault="00DC4B4B" w:rsidP="000E6351">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="22CB4C3E" w14:textId="77777777" w:rsidR="00665C26" w:rsidRDefault="00665C26" w:rsidP="000E6351">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47CA3427" w14:textId="0C00F6B1" w:rsidR="000E6351" w:rsidRDefault="00717E2A" w:rsidP="000E6351">
-[...81 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="6C38ADDA" w14:textId="77777777" w:rsidR="00665C26" w:rsidRPr="00270625" w:rsidRDefault="00665C26" w:rsidP="005A2903">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CA06D23" w14:textId="77777777" w:rsidR="000E6351" w:rsidRDefault="000E6351" w:rsidP="000E6351">
+          <w:p w14:paraId="55728166" w14:textId="77777777" w:rsidR="00665C26" w:rsidRDefault="00665C26" w:rsidP="000E6351">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E6351" w14:paraId="73832904" w14:textId="77777777" w:rsidTr="00C56248">
+      <w:tr w:rsidR="00665C26" w14:paraId="15AB482C" w14:textId="77777777" w:rsidTr="00C56248">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2778AAB9" w14:textId="452B2E57" w:rsidR="000E6351" w:rsidRPr="00270625" w:rsidRDefault="0020453B" w:rsidP="000E6351">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2E6D2F83" w14:textId="77777777" w:rsidR="00665C26" w:rsidRDefault="00665C26" w:rsidP="000E6351">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="271D56E9" w14:textId="510CE460" w:rsidR="000E6351" w:rsidRDefault="000E6351" w:rsidP="000E6351">
-[...21 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="2DC47D59" w14:textId="77777777" w:rsidR="00665C26" w:rsidRPr="00270625" w:rsidRDefault="00665C26" w:rsidP="005A2903">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="243DD78E" w14:textId="77777777" w:rsidR="000E6351" w:rsidRDefault="000E6351" w:rsidP="000E6351">
+          <w:p w14:paraId="6609811E" w14:textId="77777777" w:rsidR="00665C26" w:rsidRDefault="00665C26" w:rsidP="000E6351">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E6351" w14:paraId="76182050" w14:textId="77777777" w:rsidTr="00C56248">
+      <w:tr w:rsidR="000E6351" w14:paraId="6187B8AC" w14:textId="77777777" w:rsidTr="00C56248">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="657EFA51" w14:textId="1B521D69" w:rsidR="000E6351" w:rsidRPr="00270625" w:rsidRDefault="0020453B" w:rsidP="000E6351">
+          <w:p w14:paraId="435935B4" w14:textId="7823A6B2" w:rsidR="000E6351" w:rsidRPr="00270625" w:rsidRDefault="00DC4B4B" w:rsidP="000E6351">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>G4</w:t>
+              <w:t>G2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46D8EB1A" w14:textId="77777777" w:rsidR="000E6351" w:rsidRPr="00EC3CC7" w:rsidRDefault="00717E2A" w:rsidP="000E6351">
+          <w:p w14:paraId="47CA3427" w14:textId="0BE0576B" w:rsidR="000E6351" w:rsidRDefault="00665C26" w:rsidP="000E6351">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">A </w:t>
-[...80 lines deleted...]
-          <w:p w14:paraId="56733A6B" w14:textId="2B7CE764" w:rsidR="00717E2A" w:rsidRPr="00270625" w:rsidRDefault="00717E2A" w:rsidP="000E6351">
+              <w:t>The Personal Questionnaire for each member of the management body of the</w:t>
+            </w:r>
+            <w:r w:rsidR="009229E2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Applicant</w:t>
+            </w:r>
+            <w:r w:rsidR="009229E2">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:footnoteReference w:id="2"/>
+            </w:r>
+            <w:r w:rsidR="009229E2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="179C922C" w14:textId="6939BB63" w:rsidR="000E6351" w:rsidRPr="00270625" w:rsidRDefault="000E6351" w:rsidP="000E6351">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D94F217" w14:textId="77777777" w:rsidR="000E6351" w:rsidRDefault="000E6351" w:rsidP="000E6351">
+          <w:p w14:paraId="6CA06D23" w14:textId="77777777" w:rsidR="000E6351" w:rsidRDefault="000E6351" w:rsidP="000E6351">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E6351" w14:paraId="18196924" w14:textId="77777777" w:rsidTr="00C56248">
+      <w:tr w:rsidR="009229E2" w14:paraId="5EE4FD8C" w14:textId="77777777" w:rsidTr="00C56248">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21C02A0E" w14:textId="3232B62A" w:rsidR="000E6351" w:rsidRPr="00CB5891" w:rsidRDefault="00D14877" w:rsidP="000E6351">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1FF35B32" w14:textId="77777777" w:rsidR="009229E2" w:rsidRDefault="009229E2" w:rsidP="000E6351">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04BBC633" w14:textId="77777777" w:rsidR="000E6351" w:rsidRDefault="000E6351" w:rsidP="000E6351">
-[...29 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="55FE462F" w14:textId="77777777" w:rsidR="009229E2" w:rsidRDefault="009229E2" w:rsidP="000E6351">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79CBBCDD" w14:textId="77777777" w:rsidR="000E6351" w:rsidRDefault="000E6351" w:rsidP="000E6351">
+          <w:p w14:paraId="16D75BAF" w14:textId="77777777" w:rsidR="009229E2" w:rsidRDefault="009229E2" w:rsidP="000E6351">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E6351" w14:paraId="281113D7" w14:textId="77777777" w:rsidTr="00C56248">
+      <w:tr w:rsidR="000E6351" w14:paraId="1BB1E631" w14:textId="77777777" w:rsidTr="00C56248">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56B05BDB" w14:textId="0253C5BC" w:rsidR="000E6351" w:rsidRPr="006273F7" w:rsidRDefault="002D75E3" w:rsidP="000E6351">
+          <w:p w14:paraId="6A0C549D" w14:textId="18A7DF18" w:rsidR="000E6351" w:rsidRPr="004E30AC" w:rsidRDefault="001534F0" w:rsidP="000E6351">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>G6</w:t>
+              <w:t>G3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F4B67A8" w14:textId="1F77498B" w:rsidR="000E6351" w:rsidRPr="006273F7" w:rsidRDefault="000E6351" w:rsidP="000E6351">
-[...166 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="22FDEDBD" w14:textId="6ED8C8C7" w:rsidR="001534F0" w:rsidRDefault="001534F0" w:rsidP="001534F0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...279 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>The suitability policy and the results of any suitability assessment of each member of the management body performed by the applicant, and the results of the assessment of the collective suitability of the management body, including the relevant board minutes or suitability assessment report or documents on the outcome of the suitability assessment.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DE9EEA0" w14:textId="252F1B6B" w:rsidR="000E6351" w:rsidRPr="002C4C07" w:rsidRDefault="000E6351" w:rsidP="000E6351">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C13A0EA" w14:textId="77777777" w:rsidR="000E6351" w:rsidRPr="006273F7" w:rsidRDefault="000E6351" w:rsidP="000E6351">
+          <w:p w14:paraId="62741E0E" w14:textId="77777777" w:rsidR="000E6351" w:rsidRDefault="000E6351" w:rsidP="000E6351">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E6351" w14:paraId="1BB1E631" w14:textId="77777777" w:rsidTr="00C56248">
+      <w:tr w:rsidR="000E6351" w14:paraId="7CD91D9E" w14:textId="77777777" w:rsidTr="00C56248">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
-          </w:tcPr>
-[...125 lines deleted...]
-          <w:p w14:paraId="62741E0E" w14:textId="77777777" w:rsidR="000E6351" w:rsidRDefault="000E6351" w:rsidP="000E6351">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ACE7262" w14:textId="77777777" w:rsidR="000E6351" w:rsidRDefault="000E6351" w:rsidP="000E6351">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...69 lines deleted...]
-          <w:p w14:paraId="28B98046" w14:textId="77777777" w:rsidR="000E6351" w:rsidRDefault="000E6351" w:rsidP="000E6351">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8391" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="21DB79A6" w14:textId="6A7A2446" w:rsidR="000E6351" w:rsidRDefault="000E6351" w:rsidP="000E6351">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...88 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="70B76D69" w14:textId="64C038EA" w:rsidR="000E6351" w:rsidRPr="00EC3CC7" w:rsidRDefault="00A34AB2" w:rsidP="00B56FE2">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004E30AC">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:bookmarkStart w:id="13" w:name="_Toc202532681"/>
+            <w:r w:rsidRPr="00EC3CC7">
+              <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">the estimated minimum time, per year and per month, that the individual will devote to the performance of his or her functions within the </w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>ANNEX H:</w:t>
+            </w:r>
+            <w:r w:rsidR="000E6351" w:rsidRPr="00EC3CC7">
+              <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>applicant</w:t>
-[...448 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> Information relating to shareholders or members with qualifying holdings</w:t>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
           </w:p>
-          <w:p w14:paraId="7E9429B1" w14:textId="0905ED49" w:rsidR="000E6351" w:rsidRDefault="001E07A2" w:rsidP="00F31CC8">
+          <w:p w14:paraId="7E9429B1" w14:textId="1CFB5B1B" w:rsidR="000E6351" w:rsidRDefault="001E07A2" w:rsidP="00F31CC8">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="006B70D4" w:rsidRPr="001E07A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">he applicant shall submit the information specified in Article 8 of the </w:t>
             </w:r>
             <w:r w:rsidR="00E55A0C" w:rsidRPr="00BB136D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>Commission Delegated Regulation (EU) XXXX/XXX, supplementing Regulation (EU) 2023/1114 of the European Parliament and of the Council with regard to regulatory technical standards specifying the information to be included</w:t>
-[...7 lines deleted...]
-            <w:r w:rsidR="00E55A0C" w:rsidRPr="00BB136D">
+              <w:t xml:space="preserve">Commission Delegated Regulation (EU) </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE0524">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>in the application for the authorisation as a crypto-asset service provider,</w:t>
-[...7 lines deleted...]
-            <w:r w:rsidR="006B70D4" w:rsidRPr="001E07A2">
+              <w:t>2025</w:t>
+            </w:r>
+            <w:r w:rsidR="00E55A0C" w:rsidRPr="00BB136D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="0033602D">
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF7D06">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="006B70D4" w:rsidRPr="001E07A2">
+              </w:rPr>
+              <w:t>306</w:t>
+            </w:r>
+            <w:r w:rsidR="00E55A0C" w:rsidRPr="00BB136D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="006569EA">
+              </w:rPr>
+              <w:t>, supplementing Regulation (EU) 2023/1114 of the European Parliament and of the Council with regard to regulatory technical standards specifying the information to be included</w:t>
+            </w:r>
+            <w:r w:rsidR="00E55A0C" w:rsidRPr="00BE51DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E55A0C" w:rsidRPr="00BB136D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-              <w:t>xxx</w:t>
+              </w:rPr>
+              <w:t>in the application for the authorisation as a crypto-asset service provider,</w:t>
+            </w:r>
+            <w:r w:rsidR="00E55A0C" w:rsidRPr="00BE51DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006B70D4" w:rsidRPr="001E07A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="006B70D4" w:rsidRPr="001E07A2">
+              <w:t>and the information referred to in Article</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5B5D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>xxxx</w:t>
-[...4 lines deleted...]
-                <w:rStyle w:val="FootnoteReference"/>
+              <w:t>s 1-4, Article</w:t>
+            </w:r>
+            <w:r w:rsidR="006B70D4" w:rsidRPr="001E07A2">
+              <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:footnoteReference w:id="2"/>
-[...1 lines deleted...]
-            <w:r w:rsidR="000E6351" w:rsidRPr="001E07A2">
+              <w:t xml:space="preserve"> 6, points (b), (d) and (e) and Article </w:t>
+            </w:r>
+            <w:r w:rsidR="0033602D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="006B70D4" w:rsidRPr="001E07A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-          <w:p w14:paraId="2A407431" w14:textId="77777777" w:rsidR="000E6351" w:rsidRPr="009D0C48" w:rsidRDefault="000E6351" w:rsidP="00F31CC8">
+              <w:t xml:space="preserve"> of Commission Delegated Regulation (EU) </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE0524">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+            <w:r w:rsidR="006B70D4" w:rsidRPr="001E07A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE0524">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>414</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:footnoteReference w:id="3"/>
+            </w:r>
+            <w:r w:rsidR="000E6351" w:rsidRPr="001E07A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12E2CFDF" w14:textId="77777777" w:rsidR="0012569F" w:rsidRDefault="0012569F" w:rsidP="00F31CC8">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A407431" w14:textId="6537DC09" w:rsidR="000E6351" w:rsidRPr="009D0C48" w:rsidRDefault="0012569F" w:rsidP="00F31CC8">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CySEC has developed Form 4 and Form 5, which must be submitted according to what applies in each case.</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="17B45978" w14:textId="77777777" w:rsidR="000E6351" w:rsidRDefault="000E6351" w:rsidP="000E6351">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E6351" w14:paraId="1B0160F8" w14:textId="77777777" w:rsidTr="00C56248">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="64B502BC" w14:textId="77777777" w:rsidR="000E6351" w:rsidRDefault="000E6351" w:rsidP="000E6351">
@@ -20801,51 +19410,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="05DE113A" w14:textId="77777777" w:rsidR="000E6351" w:rsidRDefault="000E6351" w:rsidP="000E6351">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5E595A7E" w14:textId="589B903F" w:rsidR="000E6351" w:rsidRPr="00EC3CC7" w:rsidRDefault="00C24BAC" w:rsidP="001E07A2">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="14" w:name="_Toc182315099"/>
+            <w:bookmarkStart w:id="14" w:name="_Toc202532682"/>
             <w:r w:rsidRPr="00EC3CC7">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">ANNEX I: </w:t>
             </w:r>
             <w:r w:rsidR="000E6351" w:rsidRPr="00EC3CC7">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> ICT systems and related security arrangements</w:t>
             </w:r>
             <w:bookmarkEnd w:id="14"/>
           </w:p>
           <w:p w14:paraId="5E37A3FF" w14:textId="77777777" w:rsidR="000E6351" w:rsidRDefault="000E6351" w:rsidP="000E6351">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -20962,50 +19571,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D77703" w14:paraId="755DF9CD" w14:textId="77777777" w:rsidTr="00C56248">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C0E3ECE" w14:textId="7EED3B00" w:rsidR="00D77703" w:rsidRPr="001D6051" w:rsidRDefault="0078771A" w:rsidP="00D77703">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidR="00EB6ED0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E09DBAC" w14:textId="436CC4B7" w:rsidR="00D77703" w:rsidRPr="001D6051" w:rsidRDefault="001E07A2" w:rsidP="00D77703">
@@ -21111,51 +19721,50 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6051">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>identification of ICT services supporting critical or important functions, developed or maintained by the applicant, as well as those provided by third-party service providers, a description of such contractual arrangements (identity and geographical location of the providers, description of the outsourced activities or ICT services with their main characteristics, copy of contractual agreements) and how they comply with Article 73 of Regulation (EU) 2023/1114 and the Chapter V of Regulation (EU) 2022/2554</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F105868" w14:textId="77777777" w:rsidR="008A4DB8" w:rsidRPr="008A4DB8" w:rsidRDefault="008A4DB8" w:rsidP="008A4DB8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="09E19B52" w14:textId="53872D3A" w:rsidR="008A4DB8" w:rsidRPr="001D6051" w:rsidRDefault="008A4DB8" w:rsidP="00D77703">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -21303,204 +19912,166 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6051">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">organisational cybersecurity, physical security and secure software development lifecycle </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001D6051">
+              <w:lastRenderedPageBreak/>
+              <w:t>organisational cybersecurity, physical security and secure software development lifecycle arrangements</w:t>
+            </w:r>
+            <w:r w:rsidR="001E07A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>arrangements</w:t>
-[...9 lines deleted...]
-              </w:rPr>
               <w:t>;</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="29DBAAA5" w14:textId="3EA4DB54" w:rsidR="00D77703" w:rsidRPr="001D6051" w:rsidRDefault="00D77703" w:rsidP="00D77703">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6051">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">vulnerability assessments and scans, network security </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001D6051">
+              <w:t>vulnerability assessments and scans, network security assessments</w:t>
+            </w:r>
+            <w:r w:rsidR="001E07A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>assessments</w:t>
-[...9 lines deleted...]
-              </w:rPr>
               <w:t>;</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="13322FD3" w14:textId="0F3E904E" w:rsidR="00D77703" w:rsidRPr="001D6051" w:rsidRDefault="00D77703" w:rsidP="00D77703">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6051">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>configuration reviews of ICT assets supporting critical and important functions as defined in Article 3</w:t>
             </w:r>
             <w:r w:rsidR="001E07A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>, point (22)</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6051">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> of Regulation (EU) </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001D6051">
+              <w:t xml:space="preserve"> of Regulation (EU) 2022/2554</w:t>
+            </w:r>
+            <w:r w:rsidR="001E07A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>2022/2554</w:t>
-[...9 lines deleted...]
-              </w:rPr>
               <w:t>;</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="2BAD12C7" w14:textId="77777777" w:rsidR="001E07A2" w:rsidRDefault="00D77703" w:rsidP="00D77703">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C64CF1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -21528,240 +20099,202 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C64CF1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">black box: the auditor has no information other than the IP addresses and URLs associated with the audited target. This phase is generally preceded by the discovery of information and the identification of the target by querying domain name system </w:t>
-[...11 lines deleted...]
-              <w:t>(DNS) services, scanning open ports, discovering the presence of filtering equipment, etc.</w:t>
+              <w:t>black box: the auditor has no information other than the IP addresses and URLs associated with the audited target. This phase is generally preceded by the discovery of information and the identification of the target by querying domain name system (DNS) services, scanning open ports, discovering the presence of filtering equipment, etc.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DB0C564" w14:textId="210767D9" w:rsidR="001E07A2" w:rsidRDefault="001E07A2" w:rsidP="001E07A2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E07A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">grey box phase: auditors have the knowledge of a standard user of the information system (legitimate authentication, “standard” workstation, etc.). The identifiers can belong to different user profiles in order to test different privilege </w:t>
+              <w:t xml:space="preserve">grey box phase: auditors have the knowledge of a standard user of the information system (legitimate authentication, “standard” workstation, etc.). The identifiers can belong to different user profiles </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="001E07A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>levels</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>in order to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001E07A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:t xml:space="preserve"> test different privilege levels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
               <w:t>;</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="2CB774BD" w14:textId="70CBBA2E" w:rsidR="001E07A2" w:rsidRPr="00C64CF1" w:rsidRDefault="001E07A2" w:rsidP="001E07A2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E07A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">white box phase: auditors have as much technical information as possible (architecture, source code, telephone contacts, identifiers, etc.) before starting the analysis. They also have access to technical contacts related to the </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001E07A2">
+              <w:t>white box phase: auditors have as much technical information as possible (architecture, source code, telephone contacts, identifiers, etc.) before starting the analysis. They also have access to technical contacts related to the target</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>target</w:t>
-[...9 lines deleted...]
-              </w:rPr>
               <w:t>;</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="0AF81D63" w14:textId="09E623CC" w:rsidR="00D77703" w:rsidRPr="00C64CF1" w:rsidRDefault="00D77703" w:rsidP="001E07A2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C64CF1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">            </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="78672250" w14:textId="49850AD1" w:rsidR="00D77703" w:rsidRPr="000F545D" w:rsidRDefault="00D77703" w:rsidP="001E07A2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F545D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">if the applicant uses and/or develops </w:t>
-[...23 lines deleted...]
-              <w:t>, a cybersecurity source code review of them</w:t>
+              <w:t>if the applicant uses and/or develops smart-contracts, a cybersecurity source code review of them</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E4DE881" w14:textId="0F0E7A07" w:rsidR="00D77703" w:rsidRPr="00C64CF1" w:rsidRDefault="00D77703" w:rsidP="00D77703">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7DDD658A" w14:textId="77777777" w:rsidR="00D77703" w:rsidRDefault="00D77703" w:rsidP="00D77703">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -21974,122 +20507,99 @@
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="273A3028" w14:textId="08A69CC2" w:rsidR="00D77703" w:rsidRDefault="00D77703" w:rsidP="00D77703">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4AC7E85D" w14:textId="59A5C811" w:rsidR="00D77703" w:rsidRPr="00EC3CC7" w:rsidRDefault="00C33A76" w:rsidP="00641885">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="15" w:name="_Toc182315100"/>
+            <w:bookmarkStart w:id="15" w:name="_Toc202532683"/>
             <w:r w:rsidRPr="00EC3CC7">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>ANNEX J:</w:t>
             </w:r>
             <w:r w:rsidR="00D77703" w:rsidRPr="00EC3CC7">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Segregation of clients’ crypto-assets and funds</w:t>
             </w:r>
             <w:bookmarkEnd w:id="15"/>
           </w:p>
           <w:p w14:paraId="51100E86" w14:textId="77777777" w:rsidR="00D77703" w:rsidRDefault="00D77703" w:rsidP="00D77703">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="63DE110A" w14:textId="77777777" w:rsidR="00D77703" w:rsidRPr="000F53C7" w:rsidRDefault="00D77703" w:rsidP="00EE7127">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00641885">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Where the applicant intends to hold crypto-assets belonging to clients or the means of access to such crypto-assets, or clients’ funds (other than e-money tokens), the applicant seeking </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> as a crypto-asset service provider in accordance with Article 62 of Regulation (EU) 2023/1114 shall provide to the competent authority a detailed description of its policies and procedures for the segregation of clients’ crypto assets and funds, including all of the following</w:t>
+              <w:t>Where the applicant intends to hold crypto-assets belonging to clients or the means of access to such crypto-assets, or clients’ funds (other than e-money tokens), the applicant seeking authorisation as a crypto-asset service provider in accordance with Article 62 of Regulation (EU) 2023/1114 shall provide to the competent authority a detailed description of its policies and procedures for the segregation of clients’ crypto assets and funds, including all of the following</w:t>
             </w:r>
             <w:r w:rsidRPr="000F53C7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B95B167" w14:textId="77777777" w:rsidR="00D77703" w:rsidRPr="000F53C7" w:rsidRDefault="00D77703" w:rsidP="00D77703">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="11823DFF" w14:textId="77777777" w:rsidR="00D77703" w:rsidRDefault="00D77703" w:rsidP="00D77703">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
@@ -22312,127 +20822,89 @@
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>clients’ funds are not used for its own account</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06297791" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRPr="007D7E2B" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="007D7E2B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>crypto-assets</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> belonging to the clients are not used for its own account</w:t>
+              <w:t>crypto-assets belonging to the clients are not used for its own account</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7FDCAE05" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRPr="007D7E2B" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D7E2B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> are different from the applicant’s own wallets</w:t>
+              <w:t xml:space="preserve"> wallets holding clients’ crypto-assets are different from the applicant’s own wallets</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="41FA9F12" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRPr="007D7E2B" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46B54902" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -22875,51 +21347,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8391" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="1F2F97CC" w14:textId="788FA6E6" w:rsidR="006D6B81" w:rsidRPr="00E743A8" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="32E87301" w14:textId="18F1BCA8" w:rsidR="006D6B81" w:rsidRPr="00EC3CC7" w:rsidRDefault="00E6613F" w:rsidP="00B660C2">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="16" w:name="_Toc182315101"/>
+            <w:bookmarkStart w:id="16" w:name="_Toc202532684"/>
             <w:r w:rsidRPr="00EC3CC7">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="004423A7" w:rsidRPr="00EC3CC7">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">NNEX K: </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC3CC7">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006D6B81" w:rsidRPr="00EC3CC7">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Complaints handling</w:t>
             </w:r>
             <w:bookmarkEnd w:id="16"/>
@@ -23196,60 +21668,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t>K2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11A99D6F" w14:textId="05D02B0B" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001851F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> Information on the person in charge of the resources dedicated to the management of complaints, together with a curriculum </w:t>
-[...8 lines deleted...]
-              <w:t>vitae stating relevant education, professional training and professional experience justifying the skills, knowledge and expertise for the discharge of the responsibilities allocated to him or her</w:t>
+              <w:t xml:space="preserve"> Information on the person in charge of the resources dedicated to the management of complaints, together with a curriculum vitae stating relevant education, professional training and professional experience justifying the skills, knowledge and expertise for the discharge of the responsibilities allocated to him or her</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="563C1A0B" w14:textId="2A9715EA" w:rsidR="006D6B81" w:rsidRPr="001851F9" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5ABFEA91" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -23650,50 +22113,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D6B81" w14:paraId="570E6DA4" w14:textId="77777777" w:rsidTr="00C56248">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1ADE6338" w14:textId="54270870" w:rsidR="006D6B81" w:rsidRPr="00441991" w:rsidRDefault="00D3511A" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>K8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A745690" w14:textId="3720F55D" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441991">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Procedural key steps of the applicant in </w:t>
             </w:r>
@@ -23776,122 +22240,170 @@
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="1B6B8EA6" w14:textId="60912CF0" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="710A9FDD" w14:textId="4795ECFA" w:rsidR="006D6B81" w:rsidRPr="00EC3CC7" w:rsidRDefault="00B6630E" w:rsidP="00B660C2">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="17" w:name="_Toc182315102"/>
+            <w:bookmarkStart w:id="17" w:name="_Toc202532685"/>
             <w:r w:rsidRPr="00EC3CC7">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">ANNEX L: </w:t>
             </w:r>
             <w:r w:rsidR="006D6B81" w:rsidRPr="00EC3CC7">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Operating rules of the trading platform and market abuse detection</w:t>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
           </w:p>
           <w:p w14:paraId="40CE2F73" w14:textId="25A75B73" w:rsidR="006D6B81" w:rsidRPr="00643532" w:rsidRDefault="00643532" w:rsidP="0039750B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00643532">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Where the applicant intends</w:t>
             </w:r>
             <w:r w:rsidR="006D6B81" w:rsidRPr="00643532">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> to operate a trading platform for </w:t>
+              <w:t xml:space="preserve"> to operate a trading platform for crypto-assets shall </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="006D6B81" w:rsidRPr="00643532">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>crypto-assets</w:t>
+              <w:t>provide to</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="006D6B81" w:rsidRPr="00643532">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> shall provide to the competent authority a description of all of the following:</w:t>
+              <w:t xml:space="preserve"> the competent </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="006D6B81" w:rsidRPr="00643532">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>authority</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="006D6B81" w:rsidRPr="00643532">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a description of </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="006D6B81" w:rsidRPr="00643532">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>all of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="006D6B81" w:rsidRPr="00643532">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the following:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A8D46ED" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRPr="00262CDF" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="46F7CBF6" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -23998,93 +22510,73 @@
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1551EEC6" w14:textId="05229103" w:rsidR="00606684" w:rsidRPr="00D26D12" w:rsidRDefault="007A621C" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>L1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0341DF00" w14:textId="3A314454" w:rsidR="00606684" w:rsidRPr="00D26D12" w:rsidRDefault="00606684" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26D12">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> Rules regarding the admission of </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> to trading</w:t>
+              <w:t xml:space="preserve"> Rules regarding the admission of crypto-assets to trading</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A5DB8FB" w14:textId="77777777" w:rsidR="00606684" w:rsidRDefault="00606684" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="58D8EF90" w14:textId="77777777" w:rsidR="00985F90" w:rsidRDefault="00985F90" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -24131,184 +22623,145 @@
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5FD9F5CE" w14:textId="0BC4B73E" w:rsidR="006D6B81" w:rsidRPr="00D26D12" w:rsidRDefault="007A621C" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>L2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3380AAD2" w14:textId="1DF4FC67" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26D12">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> Approval process for admitting </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> to trading, including the customer due diligence carried out in accordance with Directive (EU) 2015/849</w:t>
+              <w:t xml:space="preserve"> Approval process for admitting crypto-assets to trading, including the customer due diligence carried out in accordance with Directive (EU) 2015/849</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3350B2FB" w14:textId="2F8A187B" w:rsidR="00985F90" w:rsidRPr="00D26D12" w:rsidRDefault="00985F90" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39EF0ED1" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D6B81" w14:paraId="2BB1896F" w14:textId="77777777" w:rsidTr="00C56248">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7306BDB8" w14:textId="6A36FEAE" w:rsidR="006D6B81" w:rsidRPr="00D26D12" w:rsidRDefault="007A621C" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>L3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4EEB09AC" w14:textId="37A302CB" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26D12">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> List of any categories of </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> that will not be admitted to trading and the description of the reasons for such exclusion</w:t>
+              <w:t xml:space="preserve"> List of any categories of crypto-assets that will not be admitted to trading and the description of the reasons for such exclusion</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7DA16107" w14:textId="47B7D8D8" w:rsidR="00985F90" w:rsidRPr="00D26D12" w:rsidRDefault="00985F90" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33144540" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -24495,69 +22948,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t>L6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36489A3E" w14:textId="514EE2AE" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26D12">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> Policies and procedures adopted to assess the suitability of </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> in accordance with Article 76(2) of Regulation (EU) 2023/1114</w:t>
+              <w:t xml:space="preserve"> Policies and procedures adopted to assess the suitability of crypto-assets in accordance with Article 76(2) of Regulation (EU) 2023/1114</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D855AA8" w14:textId="4B864A99" w:rsidR="00985F90" w:rsidRPr="00D26D12" w:rsidRDefault="00985F90" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FF3CB9B" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -24698,51 +23133,92 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3B77FF74" w14:textId="058FC908" w:rsidR="007E501F" w:rsidRDefault="007E501F" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D0C88">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Please include information if you make use of third-party services such as a price oracle, to establish the price.</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Please include </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008D0C88">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>information</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008D0C88">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008D0C88">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>if</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008D0C88">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> you make use of third-party services such as a price oracle, to establish the price.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="456E9835" w14:textId="1475F959" w:rsidR="00985F90" w:rsidRPr="0035760A" w:rsidRDefault="00985F90" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3ED20D6F" w14:textId="11E93A23" w:rsidR="006D6B81" w:rsidRPr="008D0C88" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -25032,93 +23508,79 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035760A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">systems and procedures to verify the availability of funds and </w:t>
-[...13 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>systems and procedures to verify the availability of funds and crypto-assets</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="6E46A647" w14:textId="3A73054A" w:rsidR="006D6B81" w:rsidRPr="0035760A" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035760A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>procedures to confirm the relevant details of transactions</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="28019F88" w14:textId="5DEC537F" w:rsidR="006D6B81" w:rsidRPr="0035760A" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035760A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
@@ -25322,67 +23784,83 @@
           </w:tcPr>
           <w:p w14:paraId="280905AF" w14:textId="5EC41757" w:rsidR="006D6B81" w:rsidRPr="00B50A6E" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="09C83494" w14:textId="18C2E04C" w:rsidR="006D6B81" w:rsidRPr="00B50A6E" w:rsidRDefault="006D6B81" w:rsidP="0023459E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B50A6E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Applicants intending to operate a trading platform for </w:t>
+              <w:t xml:space="preserve"> Applicants intending to operate a trading platform for crypto-assets shall </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00B50A6E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>crypto-assets</w:t>
+              <w:t>provide to</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00B50A6E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> shall provide to the competent authority a copy of the operating rules of the trading platform and of any policies and procedures to detect and prevent market abuse.</w:t>
+              <w:t xml:space="preserve"> the competent </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B50A6E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>authority</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B50A6E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a copy of the operating rules of the trading platform and of any policies and procedures to detect and prevent market abuse.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="54EE79BD" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1B2C1D4E" w14:textId="77777777" w:rsidR="00B660C2" w:rsidRDefault="00B660C2" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="40268821" w14:textId="77777777" w:rsidR="00B660C2" w:rsidRPr="00B50A6E" w:rsidRDefault="00B660C2" w:rsidP="006D6B81">
@@ -25445,51 +23923,51 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7B4A9381" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="78C2D430" w14:textId="1554200F" w:rsidR="006D6B81" w:rsidRPr="00EC3CC7" w:rsidRDefault="00E604AF" w:rsidP="00B660C2">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="18" w:name="_Toc182315103"/>
+            <w:bookmarkStart w:id="18" w:name="_Toc202532686"/>
             <w:r w:rsidRPr="00EC3CC7">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">ANNEX M: </w:t>
             </w:r>
             <w:r w:rsidR="006D6B81" w:rsidRPr="00EC3CC7">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Custody and administration policy</w:t>
             </w:r>
             <w:bookmarkEnd w:id="18"/>
           </w:p>
           <w:p w14:paraId="6F70EF07" w14:textId="7DD5D3F0" w:rsidR="006D6B81" w:rsidRDefault="00B660C2" w:rsidP="00B660C2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B660C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -25510,75 +23988,75 @@
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B660C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>intends</w:t>
             </w:r>
             <w:r w:rsidR="006D6B81" w:rsidRPr="00B660C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> to provide the service of custody and administration of </w:t>
+              <w:t xml:space="preserve"> to provide the service of custody and administration of crypto-assets on behalf of clients shall provide to the competent authority </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="006D6B81" w:rsidRPr="00B660C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>crypto-assets</w:t>
+              <w:t>all of</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="006D6B81" w:rsidRPr="00B660C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> on behalf of clients shall provide to the competent authority all of the following information</w:t>
+              <w:t xml:space="preserve"> the following information</w:t>
             </w:r>
             <w:r w:rsidR="006D6B81" w:rsidRPr="00B50A6E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2354465E" w14:textId="19BDEB7F" w:rsidR="00B660C2" w:rsidRDefault="00B660C2" w:rsidP="00B660C2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F63451" w14:paraId="10A40240" w14:textId="77777777" w:rsidTr="00C56248">
@@ -25691,113 +24169,93 @@
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="622AA202" w14:textId="31A4D801" w:rsidR="00F63451" w:rsidRPr="0035703A" w:rsidRDefault="006C504E" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>M1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26DA2A83" w14:textId="60F04596" w:rsidR="00F63451" w:rsidRDefault="00F63451" w:rsidP="00F63451">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035703A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> Description of the arrangements linked to the type or types of custody offered to clients, a copy of the applicant’s standard agreement for the custody and administration of </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> on behalf of clients as well as a copy of the summary of the custody policy made available to clients in accordance with Article 75(3) of Regulation (EU) 2023/1114</w:t>
+              <w:t xml:space="preserve"> Description of the arrangements linked to the type or types of custody offered to clients, a copy of the applicant’s standard agreement for the custody and administration of crypto-assets on behalf of clients as well as a copy of the summary of the custody policy made available to clients in accordance with Article 75(3) of Regulation (EU) 2023/1114</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="771835CF" w14:textId="77777777" w:rsidR="00F63451" w:rsidRDefault="00F63451" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="18961912" w14:textId="77777777" w:rsidR="00F63451" w:rsidRPr="0035703A" w:rsidRDefault="00F63451" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="514C820F" w14:textId="77777777" w:rsidR="00F63451" w:rsidRDefault="00F63451" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D6B81" w14:paraId="20B4E26F" w14:textId="77777777" w:rsidTr="00C56248">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="714BE855" w14:textId="6DBDF3CD" w:rsidR="006D6B81" w:rsidRPr="0035703A" w:rsidRDefault="006C504E" w:rsidP="006D6B81">
             <w:pPr>
@@ -25854,158 +24312,109 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035703A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>policies and procedures, and a description of, the arrangements to ensure compliance with Article 75(8) of Regulation (EU) 2023/1114</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33FFE155" w14:textId="1A3C9249" w:rsidR="006D6B81" w:rsidRPr="0035703A" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035703A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">policies and procedures, and a description of the systems and controls, to manage those risks, including when the custody and administration of </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> on behalf of clients is outsourced to a third party</w:t>
+              <w:t>policies and procedures, and a description of the systems and controls, to manage those risks, including when the custody and administration of crypto-assets on behalf of clients is outsourced to a third party</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E963A3D" w14:textId="42C62543" w:rsidR="006D6B81" w:rsidRPr="0035703A" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035703A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">policies and procedures relating to, and a description of, the systems to ensure the exercise of the rights attached to the </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> by the clients</w:t>
+              <w:t>policies and procedures relating to, and a description of, the systems to ensure the exercise of the rights attached to the crypto-assets by the clients</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50267C77" w14:textId="2807445C" w:rsidR="006D6B81" w:rsidRPr="0035703A" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035703A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
@@ -26113,50 +24522,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D6B81" w14:paraId="6948D168" w14:textId="77777777" w:rsidTr="00C56248">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0245166B" w14:textId="70390CAA" w:rsidR="006D6B81" w:rsidRPr="00BC5B38" w:rsidRDefault="006C504E" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>M4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16D4A6AA" w14:textId="7C443CEF" w:rsidR="006D6B81" w:rsidRPr="00BC5B38" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5B38">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Information on arrangements to minimise the risk of loss of crypto-assets or of means of access to crypto-assets</w:t>
             </w:r>
@@ -26790,122 +25200,122 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8391" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="58F02BEA" w14:textId="11901706" w:rsidR="006D6B81" w:rsidRPr="0097619C" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="52881128" w14:textId="5BCBE185" w:rsidR="006D6B81" w:rsidRPr="00EC3CC7" w:rsidRDefault="008D6A7E" w:rsidP="00643532">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="19" w:name="_Toc182315104"/>
+            <w:bookmarkStart w:id="19" w:name="_Toc202532687"/>
             <w:r w:rsidRPr="00EC3CC7">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">ANNEX O: </w:t>
             </w:r>
             <w:r w:rsidR="006D6B81" w:rsidRPr="00EC3CC7">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Execution policy</w:t>
             </w:r>
             <w:bookmarkEnd w:id="19"/>
           </w:p>
           <w:p w14:paraId="6FD85649" w14:textId="76B77D5F" w:rsidR="006D6B81" w:rsidRPr="00643532" w:rsidRDefault="00643532" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00643532">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Where the applicant intends</w:t>
             </w:r>
             <w:r w:rsidR="006D6B81" w:rsidRPr="00643532">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> to provide the service of executing orders for </w:t>
+              <w:t xml:space="preserve"> to provide the service of executing orders for crypto-assets on behalf of clients shall provide to the competent authority its execution policy, including </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="006D6B81" w:rsidRPr="00643532">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>crypto-assets</w:t>
+              <w:t>all of</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="006D6B81" w:rsidRPr="00643532">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> on behalf of clients shall provide to the competent authority its execution policy, including all of the following:</w:t>
+              <w:t xml:space="preserve"> the following:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F29E104" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRPr="0097619C" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005642CF" w14:paraId="3565CEA1" w14:textId="77777777" w:rsidTr="00C56248">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="1FE918F6" w14:textId="594800CD" w:rsidR="005642CF" w:rsidRPr="0097619C" w:rsidRDefault="005642CF" w:rsidP="005642CF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -27093,69 +25503,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t>O.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A41CFA0" w14:textId="7695BEAA" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0097619C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> List of the trading platforms for </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> on which the applicant will rely for the execution of orders and the criteria for the assessment of execution venues included in the execution policy in accordance with Article 78(6) of Regulation (EU) 2023/1114</w:t>
+              <w:t xml:space="preserve"> List of the trading platforms for crypto-assets on which the applicant will rely for the execution of orders and the criteria for the assessment of execution venues included in the execution policy in accordance with Article 78(6) of Regulation (EU) 2023/1114</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="221E698C" w14:textId="538D5C9E" w:rsidR="006D6B81" w:rsidRPr="0097619C" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03C3D5F6" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -27312,51 +25704,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D6B81" w14:paraId="1A37C9E8" w14:textId="77777777" w:rsidTr="00C56248">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F9BC7BE" w14:textId="74CFB2CA" w:rsidR="006D6B81" w:rsidRPr="0097619C" w:rsidRDefault="00E00412" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>O.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49608BB1" w14:textId="65D3297F" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0097619C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Where applicable, the arrangements for informing clients that the applicant will execute orders outside a trading platform and how the applicant will obtain the prior express client consent before executing such orders</w:t>
             </w:r>
@@ -27664,51 +26055,60 @@
                 <w:bCs/>
               </w:rPr>
               <w:t>O.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02AFFA96" w14:textId="592F1661" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B15685">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> Arrangements and procedures for how the applicant will disclose to client’s information on its order execution policy and notify them of any material changes to their order execution policy</w:t>
+              <w:t xml:space="preserve"> Arrangements and procedures for how the applicant will disclose to client’s information on its order execution policy and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B15685">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>notify them of any material changes to their order execution policy</w:t>
             </w:r>
             <w:r w:rsidR="004A6174">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F4C51A4" w14:textId="0E9D9F61" w:rsidR="006D6B81" w:rsidRPr="00B15685" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
           </w:tcPr>
@@ -27836,72 +26236,64 @@
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="5A2C97BB" w14:textId="4C2BFA4C" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6C67266B" w14:textId="44D9096E" w:rsidR="006D6B81" w:rsidRPr="00EC3CC7" w:rsidRDefault="00E9008C" w:rsidP="00643532">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="20" w:name="_Toc182315105"/>
+            <w:bookmarkStart w:id="20" w:name="_Toc202532688"/>
             <w:r w:rsidRPr="00EC3CC7">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">ANNEX P: </w:t>
             </w:r>
             <w:r w:rsidR="006D6B81" w:rsidRPr="00EC3CC7">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Provision of advice or portfolio management on </w:t>
-[...6 lines deleted...]
-              <w:t>crypto-assets</w:t>
+              <w:t>Provision of advice or portfolio management on crypto-assets</w:t>
             </w:r>
             <w:bookmarkEnd w:id="20"/>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="5E53AFCF" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="24AB7D98" w14:textId="13F1A203" w:rsidR="006D6B81" w:rsidRPr="00643532" w:rsidRDefault="00643532" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
@@ -28125,77 +26517,52 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00334DE1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">mechanisms to control, assess and effectively maintain the knowledge and competence of the </w:t>
-[...25 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>mechanisms to control, assess and effectively maintain the knowledge and competence of the natural persons providing advice or portfolio management on crypto-assets</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="519F9D1C" w14:textId="77777777" w:rsidR="00A862F8" w:rsidRPr="00334DE1" w:rsidRDefault="00A862F8" w:rsidP="00A862F8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00334DE1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -28208,74 +26575,61 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00334DE1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">amount of human and financial resources planned to be devoted on a yearly basis by the applicant to the professional development and training of the natural persons providing advice or portfolio management on </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00334DE1">
+              <w:t>amount of human and financial resources planned to be devoted on a yearly basis by the applicant to the professional development and training of the natural persons providing advice or portfolio management on crypto-assets</w:t>
+            </w:r>
+            <w:r w:rsidR="007A2FC0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>crypto-assets</w:t>
-[...10 lines deleted...]
-              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="659D24F8" w14:textId="77777777" w:rsidR="00A862F8" w:rsidRPr="00334DE1" w:rsidRDefault="00A862F8" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58A02126" w14:textId="77777777" w:rsidR="00A862F8" w:rsidRDefault="00A862F8" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -28310,51 +26664,60 @@
                 <w:bCs/>
               </w:rPr>
               <w:t>P2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="20CDE555" w14:textId="3FD6E600" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00334DE1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> Arrangements adopted by the applicant to ensure that the natural persons giving advice on behalf of the applicant have the necessary knowledge and expertise to conduct the suitability assessment referred to in Article 81(1) of Regulation (EU) 2023/1114</w:t>
+              <w:t xml:space="preserve"> Arrangements adopted by the applicant to ensure that the natural persons giving advice on behalf of the applicant have </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00334DE1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>the necessary knowledge and expertise to conduct the suitability assessment referred to in Article 81(1) of Regulation (EU) 2023/1114</w:t>
             </w:r>
             <w:r w:rsidR="00AF1199">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F10FE55" w14:textId="25A79393" w:rsidR="00246D3A" w:rsidRPr="00334DE1" w:rsidRDefault="00246D3A" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
           </w:tcPr>
@@ -28399,51 +26762,51 @@
           <w:tcPr>
             <w:tcW w:w="8391" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="15F0541C" w14:textId="7C6435E2" w:rsidR="006D6B81" w:rsidRPr="005E4E8D" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4891F93B" w14:textId="474C0EFD" w:rsidR="006D6B81" w:rsidRPr="00643532" w:rsidRDefault="008A4149" w:rsidP="00643532">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="21" w:name="_Toc182315106"/>
+            <w:bookmarkStart w:id="21" w:name="_Toc202532689"/>
             <w:r w:rsidRPr="00643532">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">ANNEX Q: </w:t>
             </w:r>
             <w:r w:rsidR="006D6B81" w:rsidRPr="00643532">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Transfer services</w:t>
             </w:r>
             <w:bookmarkEnd w:id="21"/>
           </w:p>
           <w:p w14:paraId="324E0A7B" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRPr="005E4E8D" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -28459,75 +26822,75 @@
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00643532">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Where the applicant intends</w:t>
             </w:r>
             <w:r w:rsidR="006D6B81" w:rsidRPr="00643532">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> to provide transfer services for </w:t>
+              <w:t xml:space="preserve"> to provide transfer services for crypto-assets on behalf of clients shall provide to the competent authority </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="006D6B81" w:rsidRPr="00643532">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>crypto-assets</w:t>
+              <w:t>all of</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="006D6B81" w:rsidRPr="00643532">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> on behalf of clients shall provide to the competent authority all of the following information:</w:t>
+              <w:t xml:space="preserve"> the following information:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A12C82B" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRPr="005E4E8D" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3FFD9837" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -28639,568 +27002,735 @@
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6018B068" w14:textId="3CC0E088" w:rsidR="00C83309" w:rsidRPr="00646191" w:rsidRDefault="00C64FFA" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Q1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59B6CA14" w14:textId="3AD183DB" w:rsidR="00C83309" w:rsidRDefault="00C83309" w:rsidP="00C83309">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00646191">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> Details on the types of </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> for which the applicant intends to provide transfer services</w:t>
+              <w:t xml:space="preserve"> Details on the types of crypto-assets for which the applicant intends to provide transfer services</w:t>
             </w:r>
             <w:r w:rsidR="00774484">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E34617F" w14:textId="77777777" w:rsidR="00C83309" w:rsidRPr="00646191" w:rsidRDefault="00C83309" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A8D0534" w14:textId="77777777" w:rsidR="00C83309" w:rsidRDefault="00C83309" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D6B81" w14:paraId="239BFB2E" w14:textId="77777777" w:rsidTr="00C56248">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3AE6978F" w14:textId="635525E5" w:rsidR="006D6B81" w:rsidRPr="00646191" w:rsidRDefault="00C64FFA" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Q2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="713560C2" w14:textId="12BC2C86" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00646191">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> Policies and procedures and a detailed description of the arrangements put in place by the applicant to ensure compliance with Article 82 of Regulation (EU) 2023/1114, including detailed information on the applicant’s arrangements and deployed ICT and human resources to address risks promptly, efficiently, and thoroughly during the provision of transfer services for </w:t>
-[...26 lines deleted...]
-              <w:t>considering potential operational failures and cybersecurity risks</w:t>
+              <w:t xml:space="preserve"> Policies and procedures and a detailed description of the arrangements put in place by the applicant to ensure compliance with Article 82 of Regulation (EU) 2023/1114, including detailed information on the applicant’s arrangements and deployed ICT and human resources to address risks promptly, efficiently, and thoroughly during the provision of transfer services for crypto-assets on behalf of clients, considering potential operational failures and cybersecurity risks</w:t>
             </w:r>
             <w:r w:rsidR="00774484">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E97894C" w14:textId="3C2768C0" w:rsidR="006D6B81" w:rsidRPr="00646191" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="367AE47A" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D6B81" w14:paraId="092677B2" w14:textId="77777777" w:rsidTr="00C56248">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="327133E7" w14:textId="30F3D3FC" w:rsidR="006D6B81" w:rsidRPr="00646191" w:rsidRDefault="004565FD" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Q3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F23BA28" w14:textId="5804BA7D" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00646191">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> If any, a description of the applicant’s insurance policy, including on the insurance’s coverage of detriment to client’s </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> that may result from cyber security risks</w:t>
+              <w:t xml:space="preserve"> If any, a description of the applicant’s insurance policy, including on the insurance’s coverage of detriment to client’s crypto-assets that may result from cyber security risks</w:t>
             </w:r>
             <w:r w:rsidR="00774484">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D4D0FFD" w14:textId="53535058" w:rsidR="006D6B81" w:rsidRPr="00646191" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="606B22E4" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D6B81" w14:paraId="1E9CD7AD" w14:textId="77777777" w:rsidTr="00C56248">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DDFD516" w14:textId="2383403A" w:rsidR="006D6B81" w:rsidRPr="00646191" w:rsidRDefault="004565FD" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Q4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="50EAAF2A" w14:textId="487334E3" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00646191">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Arrangements to ensure that clients are adequately informed about the policies and procedures and arrangements referred to in point (b)</w:t>
             </w:r>
             <w:r w:rsidR="00774484">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="05809397" w14:textId="11158E6F" w:rsidR="006D6B81" w:rsidRPr="00646191" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30AAAC32" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D6B81" w14:paraId="3910986A" w14:textId="77777777" w:rsidTr="00C56248">
+      <w:tr w:rsidR="004425F4" w14:paraId="30B66227" w14:textId="77777777" w:rsidTr="00C56248">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1387C213" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
+          <w:p w14:paraId="37A2E0AA" w14:textId="6CB7621B" w:rsidR="004425F4" w:rsidRPr="00B81FF0" w:rsidRDefault="004425F4" w:rsidP="006D6B81">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B81FF0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Q5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FBAC3A5" w14:textId="0A404AAF" w:rsidR="004425F4" w:rsidRPr="00B81FF0" w:rsidRDefault="004425F4" w:rsidP="004425F4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B81FF0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Compliance with Regulation (EU) 2023/1113 of the European Parliament and of the Council of 31 May 2023 on information accompanying transfers of funds and certain crypto-assets, and amending Directive (EU) 2015/849</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD425F" w:rsidRPr="00B81FF0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AF05A26" w14:textId="77777777" w:rsidR="004425F4" w:rsidRPr="00B81FF0" w:rsidRDefault="004425F4" w:rsidP="004425F4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41BF290A" w14:textId="57C08128" w:rsidR="004425F4" w:rsidRPr="00B81FF0" w:rsidRDefault="004425F4" w:rsidP="004425F4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B81FF0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>All CASPs, providing ‘T</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B81FF0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ransfer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B81FF0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> services for crypto-assets on behalf of clients, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B81FF0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>are required to comply with the obligations set out therein, commonly referred to as the ‘Travel Rule</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE1F6D" w:rsidRPr="00B81FF0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B81FF0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>, by completing the below table.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07A14AD7" w14:textId="77777777" w:rsidR="00A375B5" w:rsidRPr="00B81FF0" w:rsidRDefault="00A375B5" w:rsidP="004425F4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D7EB495" w14:textId="77777777" w:rsidR="00A375B5" w:rsidRPr="00B81FF0" w:rsidRDefault="00A375B5" w:rsidP="004425F4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkStart w:id="22" w:name="_MON_1813146969"/>
+          <w:bookmarkEnd w:id="22"/>
+          <w:p w14:paraId="01E96788" w14:textId="3DB80815" w:rsidR="00A375B5" w:rsidRPr="00B81FF0" w:rsidRDefault="00A375B5" w:rsidP="004425F4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B81FF0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1539" w:dyaOrig="997" w14:anchorId="449B1620">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:76.95pt;height:49.85pt" o:ole="">
+                  <v:imagedata r:id="rId13" o:title=""/>
+                </v:shape>
+                <o:OLEObject Type="Embed" ProgID="Excel.Sheet.12" ShapeID="_x0000_i1025" DrawAspect="Icon" ObjectID="_1830670137" r:id="rId14"/>
+              </w:object>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E91A25C" w14:textId="77777777" w:rsidR="004425F4" w:rsidRPr="00B81FF0" w:rsidRDefault="004425F4" w:rsidP="006D6B81">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1910" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="340EA400" w14:textId="77777777" w:rsidR="004425F4" w:rsidRDefault="004425F4" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-          <w:p w14:paraId="2FA61BDC" w14:textId="4EFE797E" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
+      </w:tr>
+      <w:tr w:rsidR="006D6B81" w14:paraId="3910986A" w14:textId="77777777" w:rsidTr="008C4D18">
+        <w:trPr>
+          <w:trHeight w:val="3674"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1387C213" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="18A2BEDD" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRPr="008D0704" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
-            <w:pPr>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8391" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FA61BDC" w14:textId="4EFE797E" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008D0704">
+          </w:p>
+          <w:p w14:paraId="18A2BEDD" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRPr="008D0704" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Additional information:</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D0704">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="008D0704">
+              <w:t>Additional information:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F5DD358" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRPr="008D0704" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Cross-border provision of crypto-asset services</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006A67D7">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6579AF13" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3680D2E4" w14:textId="2D81BE99" w:rsidR="006D6B81" w:rsidRPr="008D0704" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D0704">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Cross-border provision of crypto-asset services</w:t>
             </w:r>
             <w:r w:rsidRPr="006A67D7">
               <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A67D7">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="008D0704">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>as meant under Article 65 MiCAR)</w:t>
+              <w:t xml:space="preserve">as meant under Article 65 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008D0704">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>MiCAR</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008D0704">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="594E0CF3" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRPr="008D0704" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="07274DEC" w14:textId="003559AB" w:rsidR="006D6B81" w:rsidRPr="008D0704" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D0704">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Do you intend to provide crypto-asset services in other EU Member States than Cyprus?</w:t>
             </w:r>
           </w:p>
@@ -29302,374 +27832,552 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D6B81" w14:paraId="3521E780" w14:textId="77777777" w:rsidTr="00C56248">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0CFB81AC" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRPr="00872832" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="076CBED4" w14:textId="5A2D0A93" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00872832">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>A. List of the Member States in which the crypto-asset service provider intends to provide crypto-asset services</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7DA2EA68" w14:textId="46759C38" w:rsidR="006D6B81" w:rsidRPr="00872832" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E079D14" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D6B81" w14:paraId="19A11860" w14:textId="77777777" w:rsidTr="00C56248">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CAEAED9" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRPr="00872832" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="726DFD10" w14:textId="27AA55EA" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00872832">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>B. The crypto-asset services that the crypto-asset service provider intends to provide on a cross-border basis</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3AABA605" w14:textId="60B88EA0" w:rsidR="006D6B81" w:rsidRPr="00872832" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="660CF1B2" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D6B81" w14:paraId="21658074" w14:textId="77777777" w:rsidTr="00C56248">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3706BB91" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRPr="00872832" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07EE1E34" w14:textId="6476A78D" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00872832">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>C. Starting date of the intended provision of the crypto-asset services</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6433FCA5" w14:textId="3656A35E" w:rsidR="006D6B81" w:rsidRPr="00872832" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="397039C8" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D6B81" w14:paraId="0BA6BAF4" w14:textId="77777777" w:rsidTr="00C56248">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4987760E" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRPr="00872832" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6481" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="65565C12" w14:textId="1856805F" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00872832">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>D. List of all other activities provided by the crypto-asset service provider not covered by MiCAR</w:t>
-            </w:r>
+              <w:t xml:space="preserve">D. List of all other activities provided by the crypto-asset service provider not covered by </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00872832">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>MiCAR</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="393ED6A5" w14:textId="41A18A1F" w:rsidR="006D6B81" w:rsidRPr="00872832" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1910" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3ABD4FAF" w14:textId="77777777" w:rsidR="006D6B81" w:rsidRDefault="006D6B81" w:rsidP="006D6B81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2701650C" w14:textId="77777777" w:rsidR="001B2AE2" w:rsidRDefault="001B2AE2" w:rsidP="002923BF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C72740C" w14:textId="77777777" w:rsidR="002923BF" w:rsidRPr="003D3068" w:rsidRDefault="002923BF" w:rsidP="002923BF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="486E98E2" w14:textId="77777777" w:rsidR="006F76AD" w:rsidRPr="003D3068" w:rsidRDefault="006F76AD" w:rsidP="002923BF">
+    <w:p w14:paraId="486E98E2" w14:textId="77777777" w:rsidR="006F76AD" w:rsidRDefault="006F76AD" w:rsidP="002923BF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="7EB8302E" w14:textId="77777777" w:rsidR="00191571" w:rsidRDefault="00191571" w:rsidP="002923BF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23B9A388" w14:textId="77777777" w:rsidR="00191571" w:rsidRDefault="00191571" w:rsidP="002923BF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09554193" w14:textId="77777777" w:rsidR="00191571" w:rsidRDefault="00191571" w:rsidP="002923BF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27546533" w14:textId="77777777" w:rsidR="00191571" w:rsidRDefault="00191571" w:rsidP="002923BF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AF31E2A" w14:textId="77777777" w:rsidR="00191571" w:rsidRDefault="00191571" w:rsidP="002923BF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20E84B8C" w14:textId="77777777" w:rsidR="00191571" w:rsidRDefault="00191571" w:rsidP="002923BF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74CEC62B" w14:textId="77777777" w:rsidR="00191571" w:rsidRDefault="00191571" w:rsidP="002923BF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56A770AA" w14:textId="77777777" w:rsidR="00191571" w:rsidRDefault="00191571" w:rsidP="002923BF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78AB0312" w14:textId="77777777" w:rsidR="00191571" w:rsidRDefault="00191571" w:rsidP="002923BF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A03B68D" w14:textId="77777777" w:rsidR="00191571" w:rsidRDefault="00191571" w:rsidP="002923BF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D9EA14B" w14:textId="77777777" w:rsidR="00191571" w:rsidRDefault="00191571" w:rsidP="002923BF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05CFCACC" w14:textId="77777777" w:rsidR="00191571" w:rsidRDefault="00191571" w:rsidP="002923BF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="405A7301" w14:textId="77777777" w:rsidR="00191571" w:rsidRDefault="00191571" w:rsidP="002923BF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06B02113" w14:textId="77777777" w:rsidR="00191571" w:rsidRDefault="00191571" w:rsidP="002923BF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76E47192" w14:textId="77777777" w:rsidR="00191571" w:rsidRDefault="00191571" w:rsidP="002923BF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7507C2E3" w14:textId="77777777" w:rsidR="00191571" w:rsidRDefault="00191571" w:rsidP="002923BF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="3831BEF7" w14:textId="6398B53E" w:rsidR="00F27F15" w:rsidRPr="00A71800" w:rsidRDefault="00F27F15" w:rsidP="00643532">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Toc498596967"/>
-      <w:bookmarkStart w:id="23" w:name="_Toc182315107"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc498596967"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc202532690"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00A631C2">
         <w:t xml:space="preserve">PART </w:t>
       </w:r>
       <w:r w:rsidR="001C5937">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00A631C2">
         <w:t>: CONFIRMATIONS</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w14:paraId="6777CF43" w14:textId="77777777" w:rsidR="00F27F15" w:rsidRPr="00A71800" w:rsidRDefault="00F27F15" w:rsidP="002B34DB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A572CC1" w14:textId="77777777" w:rsidR="00F27F15" w:rsidRPr="00A71800" w:rsidRDefault="00F27F15" w:rsidP="002B34DB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71800">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
@@ -29684,58 +28392,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70DBD6A6" w14:textId="243E7D82" w:rsidR="00F27F15" w:rsidRPr="00A71800" w:rsidRDefault="00F27F15" w:rsidP="002B34DB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71800">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Attach</w:t>
       </w:r>
       <w:r w:rsidRPr="00A71800">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">  certifications from the external auditors and legal advisers of the applicant that, from what they know and believe, neither the applicant nor the persons that effectively direct its business are in any way </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">involved, directly or indirectly, in any criminal activities or any activities, that may be used in the promotion, furtherance, assistance, instigation of </w:t>
+        <w:t xml:space="preserve">  certifications from the external auditors and legal advisers of the applicant that, from what they know and believe, neither the applicant nor the persons that effectively direct its business are in any way involved, directly or indirectly, in any criminal activities or any activities, that may be used in the promotion, furtherance, assistance, instigation of </w:t>
       </w:r>
       <w:r w:rsidR="00677453">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>money laundering and/or terrorist financing</w:t>
       </w:r>
       <w:r w:rsidRPr="00A71800">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">  or that may be deemed to be promoting, furthering, assisting or instigating it. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A71800">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A71800">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -30080,51 +28781,51 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, according to which, the provision of false, or misleading information constitutes a criminal offence which is subject </w:t>
       </w:r>
       <w:r w:rsidRPr="006F5AF2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>to a penalty of imprisonment not exceeding five years or to a fine up to one hundred and seventy thousand euro or to both penalties.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30D6B95A" w14:textId="77777777" w:rsidR="00400D29" w:rsidRPr="006F5AF2" w:rsidRDefault="00400D29" w:rsidP="002B34DB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FA7D0DB" w14:textId="77777777" w:rsidR="00717B2E" w:rsidRPr="00717B2E" w:rsidRDefault="00717B2E" w:rsidP="00717B2E">
+    <w:p w14:paraId="0FA7D0DB" w14:textId="0CD95C34" w:rsidR="00717B2E" w:rsidRPr="00717B2E" w:rsidRDefault="00717B2E" w:rsidP="00717B2E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717B2E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">With full understanding and acceptance of the details provided herein, </w:t>
       </w:r>
       <w:r w:rsidRPr="00717B2E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
@@ -30149,51 +28850,107 @@
         <w:t>our</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B2E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> explicit consent to the processing of </w:t>
       </w:r>
       <w:r w:rsidRPr="00717B2E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>our</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B2E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> personal data, in compliance with the General Data Protection Regulation 2016/679 (GDPR), as it may be amended over time, and that the following personal data will be transmitted to the ESAs Information System established pursuant to Article 31a of the ESAs’ Founding Regulations:  </w:t>
+        <w:t xml:space="preserve"> personal data, in compliance with the General Data Protection Regulation</w:t>
+      </w:r>
+      <w:r w:rsidR="00543A0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (EU)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2016/679 (GDPR), as it may be amended over time, and that the following personal data will be transmitted to the ESAs</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="_Hlk206500349"/>
+      <w:r w:rsidR="00543A0A">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="00717B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Information System established pursuant to Article 31a of the ESAs’ Founding Regulations</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="26" w:name="_Hlk206500504"/>
+      <w:r w:rsidR="00543A0A">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:footnoteReference w:id="5"/>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="00717B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00717B2E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>First name(s), surname/family name, date of birth, place of birth, birth name, other names used</w:t>
       </w:r>
       <w:r w:rsidRPr="00717B2E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CF0DF01" w14:textId="77777777" w:rsidR="00717B2E" w:rsidRPr="003E119E" w:rsidRDefault="00717B2E" w:rsidP="00C138CA">
       <w:pPr>
@@ -30461,83 +29218,83 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96054">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Date:  ……………………………………….……………………………………………</w:t>
       </w:r>
       <w:r w:rsidRPr="006C7F87">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="551185DE" w14:textId="6A7AAB29" w:rsidR="00B47216" w:rsidRPr="00A817CE" w:rsidRDefault="000F4883" w:rsidP="00A817CE">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Toc498596968"/>
-      <w:bookmarkStart w:id="25" w:name="_Toc182315108"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc498596968"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc202532691"/>
       <w:r w:rsidRPr="00A817CE">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">PART </w:t>
       </w:r>
       <w:r w:rsidR="001C5937">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00C11434" w:rsidRPr="00A817CE">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00B47216" w:rsidRPr="00A817CE">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>LIST OF ADDITIONAL DOCUMENTS THAT ACCOMPANY THE APPLICATION FORM</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="28"/>
       <w:r w:rsidR="00B47216" w:rsidRPr="00A817CE">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C62F0C0" w14:textId="77777777" w:rsidR="00391BDB" w:rsidRPr="006C7F87" w:rsidRDefault="00391BDB" w:rsidP="002B34DB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9288" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -31417,110 +30174,105 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="040CAC6B" w14:textId="77777777" w:rsidR="00963239" w:rsidRPr="0083094D" w:rsidRDefault="00963239" w:rsidP="00963239">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D74246" w:rsidRPr="006C7F87" w14:paraId="0345A741" w14:textId="77777777" w:rsidTr="009A200A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E5009CD" w14:textId="34B540D3" w:rsidR="00D74246" w:rsidRPr="008E008E" w:rsidRDefault="00D74246" w:rsidP="00963239">
+          <w:p w14:paraId="4E5009CD" w14:textId="3B575F61" w:rsidR="00D74246" w:rsidRPr="008E008E" w:rsidRDefault="00D74246" w:rsidP="00963239">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72EB8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">Personal Questionnaire of an applicant’s shareholder. For natural persons see Form </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Personal Questionnaire of an applicant’s shareholder. For natural persons see Form</w:t>
+            </w:r>
+            <w:r w:rsidR="000B3101">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE7A21">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and</w:t>
+            </w:r>
             <w:r w:rsidRPr="00E72EB8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">, for legal persons see Form </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> for legal </w:t>
+            </w:r>
+            <w:r w:rsidR="0005352D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">persons </w:t>
+            </w:r>
+            <w:r w:rsidR="0005352D" w:rsidRPr="00E72EB8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>see</w:t>
+            </w:r>
             <w:r w:rsidRPr="00E72EB8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and for trusts see Form </w:t>
-[...16 lines deleted...]
-              <w:footnoteReference w:id="3"/>
+              <w:t xml:space="preserve"> Form</w:t>
+            </w:r>
+            <w:r w:rsidR="000B3101">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F94DDD4" w14:textId="004AAFF2" w:rsidR="00D74246" w:rsidRPr="0083094D" w:rsidRDefault="00994ED8" w:rsidP="00963239">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -31728,64 +30480,124 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="023B89EE" w14:textId="77777777" w:rsidR="00963239" w:rsidRPr="0083094D" w:rsidRDefault="00963239" w:rsidP="00963239">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BF4ABB" w:rsidRPr="006C7F87" w14:paraId="67A811A8" w14:textId="77777777" w:rsidTr="009A200A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58DD247E" w14:textId="35BA390B" w:rsidR="00BF4ABB" w:rsidRPr="00E72EB8" w:rsidRDefault="00BF4ABB" w:rsidP="00963239">
+          <w:p w14:paraId="58DD247E" w14:textId="048C6782" w:rsidR="00BF4ABB" w:rsidRPr="00E72EB8" w:rsidRDefault="009D5BEE" w:rsidP="00963239">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E72EB8">
-[...3 lines deleted...]
-              <w:t>Individual Questionnaire for persons holding a management position</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Personal </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF4ABB" w:rsidRPr="00E72EB8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Questionnaire </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of the members of </w:t>
+            </w:r>
+            <w:r w:rsidR="00B55DD0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidR="00B55DD0" w:rsidRPr="00F33E6B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> body</w:t>
+            </w:r>
+            <w:r w:rsidR="004A74BB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00665C26">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of the </w:t>
+            </w:r>
+            <w:r w:rsidR="004A74BB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>CASP</w:t>
+            </w:r>
+            <w:r w:rsidR="000B3101">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, see Form 6</w:t>
+            </w:r>
+            <w:r w:rsidR="00B55DD0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36CDE9FD" w14:textId="28313C1D" w:rsidR="00BF4ABB" w:rsidRPr="0083094D" w:rsidRDefault="00994ED8" w:rsidP="00963239">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -32011,51 +30823,50 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A6CF8" w:rsidRPr="006C7F87" w14:paraId="7D18E7F4" w14:textId="77777777" w:rsidTr="009A200A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5778" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64B7A070" w14:textId="4B5C725B" w:rsidR="000A6CF8" w:rsidRPr="008F542F" w:rsidRDefault="000A6CF8" w:rsidP="000A6CF8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F542F">
-              <w:lastRenderedPageBreak/>
               <w:t>Financial statements. This shall be also included in the business plan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7392D267" w14:textId="2BFDF85A" w:rsidR="000A6CF8" w:rsidRPr="0083094D" w:rsidRDefault="00994ED8" w:rsidP="000A6CF8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
@@ -32074,50 +30885,51 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A6CF8" w:rsidRPr="006C7F87" w14:paraId="5B440772" w14:textId="77777777" w:rsidTr="009A200A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5778" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BBB1787" w14:textId="349BD896" w:rsidR="000A6CF8" w:rsidRPr="008F542F" w:rsidRDefault="000A6CF8" w:rsidP="000A6CF8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F542F">
+              <w:lastRenderedPageBreak/>
               <w:t>Forecast calculations of the applicant’s capital requirements. This shall be also included in the business plan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13827548" w14:textId="6C2D6F83" w:rsidR="000A6CF8" w:rsidRPr="0083094D" w:rsidRDefault="00994ED8" w:rsidP="000A6CF8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
@@ -32492,67 +31304,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidRPr="003A77D2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> copy of the applicant’s s</w:t>
             </w:r>
             <w:r w:rsidR="006569EA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ervice</w:t>
             </w:r>
             <w:r w:rsidRPr="003A77D2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> agreement for the custody and administration of </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> on behalf of clients as well as a copy of the summary of the custody policy made available to clients in accordance with Article 75(3) of Regulation (EU) 2023/1114</w:t>
+              <w:t xml:space="preserve"> agreement for the custody and administration of crypto-assets on behalf of clients as well as a copy of the summary of the custody policy made available to clients in accordance with Article 75(3) of Regulation (EU) 2023/1114</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B4D38B1" w14:textId="77777777" w:rsidR="000A6CF8" w:rsidRPr="003A77D2" w:rsidRDefault="000A6CF8" w:rsidP="000A6CF8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C84D7AF" w14:textId="2A97649F" w:rsidR="000A6CF8" w:rsidRDefault="00994ED8" w:rsidP="000A6CF8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
@@ -32584,67 +31380,51 @@
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F4873" w:rsidRPr="006C7F87" w14:paraId="1CCA0C3A" w14:textId="77777777" w:rsidTr="009A200A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5778" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="397F9522" w14:textId="77777777" w:rsidR="008F4873" w:rsidRDefault="008F4873" w:rsidP="000A6CF8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F4873">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Policies and procedures adopted to assess the suitability of </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> in accordance with Article 76(2) of Regulation (EU) 2023/1114</w:t>
+              <w:t>Policies and procedures adopted to assess the suitability of crypto-assets in accordance with Article 76(2) of Regulation (EU) 2023/1114</w:t>
             </w:r>
             <w:r w:rsidR="00994ED8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6CF3EA20" w14:textId="068A8D0D" w:rsidR="00994ED8" w:rsidRPr="00994ED8" w:rsidRDefault="00994ED8" w:rsidP="000A6CF8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6469C595" w14:textId="36EDEFA0" w:rsidR="008F4873" w:rsidRDefault="00994ED8" w:rsidP="000A6CF8">
             <w:pPr>
@@ -32908,91 +31688,91 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D8732A8" w14:textId="2B554873" w:rsidR="00C85D84" w:rsidRDefault="001C0819" w:rsidP="000A6CF8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46AF5EF3" w14:textId="77777777" w:rsidR="00C85D84" w:rsidRPr="0083094D" w:rsidRDefault="00C85D84" w:rsidP="000A6CF8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C0819" w:rsidRPr="006C7F87" w14:paraId="4C1EC130" w14:textId="77777777" w:rsidTr="009A200A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5778" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="613267AE" w14:textId="77777777" w:rsidR="001C0819" w:rsidRPr="00DF602A" w:rsidRDefault="001C0819" w:rsidP="001C0819">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF602A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Policies and procedures and a detailed description of the arrangements put in place by the applicant to ensure compliance with Article 82 of Regulation (EU) 2023/1114</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F0BD39B" w14:textId="77777777" w:rsidR="001C0819" w:rsidRPr="00C85D84" w:rsidRDefault="001C0819" w:rsidP="00C85D84">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63C1CA95" w14:textId="3538F6A0" w:rsidR="001C0819" w:rsidRDefault="00A23E2B" w:rsidP="000A6CF8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
@@ -33025,67 +31805,51 @@
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A6CF8" w:rsidRPr="006C7F87" w14:paraId="1FDB14B7" w14:textId="77777777" w:rsidTr="009A200A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5778" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43BE7845" w14:textId="655A2992" w:rsidR="000A6CF8" w:rsidRPr="003A77D2" w:rsidRDefault="000A6CF8" w:rsidP="00A23E2B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A77D2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">List of the trading platforms for </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> on which the applicant will rely for the execution of orders and the criteria for the assessment of execution venues included in the execution policy in accordance with Article 78(6) of Regulation (EU) 2023/1114</w:t>
+              <w:t>List of the trading platforms for crypto-assets on which the applicant will rely for the execution of orders and the criteria for the assessment of execution venues included in the execution policy in accordance with Article 78(6) of Regulation (EU) 2023/1114</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D18C801" w14:textId="5C03CF0D" w:rsidR="000A6CF8" w:rsidRDefault="00A23E2B" w:rsidP="000A6CF8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -33622,131 +32386,257 @@
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1523DD3A" w14:textId="77777777" w:rsidR="002B3000" w:rsidRPr="0083094D" w:rsidRDefault="002B3000" w:rsidP="000A6CF8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004425F4" w:rsidRPr="006C7F87" w14:paraId="5A9AA492" w14:textId="77777777" w:rsidTr="000B1244">
+        <w:trPr>
+          <w:trHeight w:val="924"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5778" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A4D52D6" w14:textId="210BC52E" w:rsidR="004425F4" w:rsidRPr="00691AE2" w:rsidRDefault="004425F4" w:rsidP="000A6CF8">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00691AE2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>A copy of the table (in excel format) regarding the ‘Travel Rule’ by the applicant to ensure compliance with the Regulation (EU) 2023/1113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1886" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="536FA4A6" w14:textId="4BBB3ED2" w:rsidR="004425F4" w:rsidRDefault="004425F4" w:rsidP="000A6CF8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00691AE2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1624" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D0C4406" w14:textId="77777777" w:rsidR="004425F4" w:rsidRPr="0083094D" w:rsidRDefault="004425F4" w:rsidP="000A6CF8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001534F0" w:rsidRPr="006C7F87" w14:paraId="5FAA56D4" w14:textId="77777777" w:rsidTr="000B1244">
+        <w:trPr>
+          <w:trHeight w:val="924"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5778" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79D33CED" w14:textId="77777777" w:rsidR="001534F0" w:rsidRPr="00691AE2" w:rsidRDefault="001534F0" w:rsidP="000A6CF8">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1886" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37D55818" w14:textId="2B438C5D" w:rsidR="001534F0" w:rsidRPr="00691AE2" w:rsidRDefault="001534F0" w:rsidP="000A6CF8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1624" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EA15E46" w14:textId="77777777" w:rsidR="001534F0" w:rsidRPr="0083094D" w:rsidRDefault="001534F0" w:rsidP="000A6CF8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="27E14066" w14:textId="77777777" w:rsidR="005C3DB4" w:rsidRPr="006C7F87" w:rsidRDefault="005C3DB4" w:rsidP="002B34DB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78C913D3" w14:textId="77777777" w:rsidR="009A57E1" w:rsidRPr="006C7F87" w:rsidRDefault="009A57E1" w:rsidP="002B34DB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009A57E1" w:rsidRPr="006C7F87" w:rsidSect="000061D6">
-      <w:headerReference w:type="default" r:id="rId13"/>
-      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="022CAE8B" w14:textId="77777777" w:rsidR="006B48BC" w:rsidRDefault="006B48BC">
+    <w:p w14:paraId="428F982B" w14:textId="77777777" w:rsidR="00E208DB" w:rsidRDefault="00E208DB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="733713AA" w14:textId="77777777" w:rsidR="006B48BC" w:rsidRDefault="006B48BC">
+    <w:p w14:paraId="7CE2AFE8" w14:textId="77777777" w:rsidR="00E208DB" w:rsidRDefault="00E208DB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman PS"/>
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="A1"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A1"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -33776,51 +32666,51 @@
     <w:charset w:val="A1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="EUAlbertina">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="A1"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000009" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="A1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1119957732"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="5CF6406E" w14:textId="7ECE3A60" w:rsidR="0025419B" w:rsidRDefault="0025419B">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
@@ -33829,275 +32719,382 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="633E3BD7" w14:textId="77777777" w:rsidR="0025419B" w:rsidRDefault="0025419B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="126D3506" w14:textId="77777777" w:rsidR="006B48BC" w:rsidRDefault="006B48BC">
+    <w:p w14:paraId="6B51ABBA" w14:textId="77777777" w:rsidR="00E208DB" w:rsidRDefault="00E208DB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1544E0DF" w14:textId="77777777" w:rsidR="006B48BC" w:rsidRDefault="006B48BC">
+    <w:p w14:paraId="28A7BB4A" w14:textId="77777777" w:rsidR="00E208DB" w:rsidRDefault="00E208DB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="6E09382D" w14:textId="73344725" w:rsidR="00F0156D" w:rsidRDefault="00F0156D">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Hlk182296492"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidRPr="00F0156D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>The Prevention and Suppression of Money Laundering and Terrorist Financing Law of 2007 to 2023</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="7BF1B2B5" w14:textId="500DB981" w:rsidR="001E07A2" w:rsidRDefault="001E07A2">
+    <w:p w14:paraId="45A28436" w14:textId="116AFFEA" w:rsidR="009229E2" w:rsidRDefault="009229E2">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7538D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Personal Questionnaire of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7538D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>embers of the Management Body</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the CASP</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE49E1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7538D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Form </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>MiCAR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7538D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p w14:paraId="7BF1B2B5" w14:textId="178DABC6" w:rsidR="001E07A2" w:rsidRDefault="001E07A2">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001E07A2">
         <w:t xml:space="preserve">Commission Delegated Regulation (EU) </w:t>
       </w:r>
-      <w:r w:rsidR="006569EA">
-        <w:t>xxx</w:t>
+      <w:r w:rsidR="00AE0524">
+        <w:t>2025</w:t>
       </w:r>
       <w:r w:rsidRPr="001E07A2">
         <w:t>/</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-        <w:t>xxx</w:t>
+      <w:r w:rsidR="00AE0524">
+        <w:t>414</w:t>
       </w:r>
-      <w:r w:rsidR="006569EA">
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E07A2">
         <w:t xml:space="preserve"> supplementing Regulation (EU) 2023/1114 of the European Parliament and of the Council </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001E07A2">
-        <w:t>with regard to</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> regulatory technical standards specifying the detailed content of information necessary to carry out the assessment of a proposed acquisition of a qualifying holding in a crypto-asset service provider </w:t>
+        <w:t xml:space="preserve">with regard to regulatory technical standards specifying the detailed content of information necessary to carry out the assessment of a proposed acquisition of a qualifying holding in a crypto-asset service provider </w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="3">
-    <w:p w14:paraId="2884AE14" w14:textId="4B7E35DD" w:rsidR="003D3068" w:rsidRDefault="003D3068">
+  <w:footnote w:id="4">
+    <w:p w14:paraId="09FA66BC" w14:textId="77777777" w:rsidR="00543A0A" w:rsidRPr="00A41DF6" w:rsidRDefault="00543A0A" w:rsidP="00543A0A">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-      </w:pPr>
-      <w:r>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A41DF6">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve"> The relevant forms will be published in the CySEC’s website in due course.</w:t>
+      <w:r w:rsidRPr="00A41DF6">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00A41DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ESA comprises of EBA, EIOPA, and ESMA</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="5">
+    <w:p w14:paraId="09B2E786" w14:textId="77777777" w:rsidR="00543A0A" w:rsidRPr="00A41DF6" w:rsidRDefault="00543A0A" w:rsidP="00543A0A">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A41DF6">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00A41DF6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A41DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>For more information on the processing of personal data via the ESAs Information System, please visit:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A41DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId2" w:history="1">
+        <w:r w:rsidRPr="00A41DF6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="auto"/>
+          </w:rPr>
+          <w:t>https://www.eiopa.europa.eu/document/download/b65f919b-01f3-4681-b3d4-6abbe0ae299e_en?filename=Privacy+Statement+-+ESAs+Information+System.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="45F2DE1E" w14:textId="6CC6B330" w:rsidR="006E16EA" w:rsidRDefault="006E16EA" w:rsidP="007A2427">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8306"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>Form 2_MiCA</w:t>
     </w:r>
     <w:r w:rsidR="00437BEA">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>R</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="61E91249" w14:textId="585E231C" w:rsidR="00FD0102" w:rsidRPr="00BB136D" w:rsidRDefault="00FD0102" w:rsidP="007A2427">
+  <w:p w14:paraId="61E91249" w14:textId="7B742C6E" w:rsidR="00FD0102" w:rsidRPr="002C4C07" w:rsidRDefault="00FD0102" w:rsidP="007A2427">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8306"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="el-GR"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0011102F">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">Date of </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="002C4C07">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>publication</w:t>
+      <w:t>publication:</w:t>
     </w:r>
-    <w:r w:rsidRPr="0011102F">
-[...8 lines deleted...]
-    <w:r w:rsidRPr="0011102F">
+    <w:r w:rsidRPr="002C4C07">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00BD7E41" w:rsidRPr="00BD7E41">
+    <w:r w:rsidR="002C4C07" w:rsidRPr="002C4C07">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:lang w:val="el-GR"/>
+      </w:rPr>
+      <w:t>23</w:t>
+    </w:r>
+    <w:r w:rsidR="00BD7E41" w:rsidRPr="002C4C07">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
-      <w:t>0</w:t>
+      <w:t>.01.202</w:t>
     </w:r>
-    <w:r w:rsidR="00437BEA">
+    <w:r w:rsidR="002C4C07" w:rsidRPr="002C4C07">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
+        <w:lang w:val="el-GR"/>
       </w:rPr>
-      <w:t>8</w:t>
-[...13 lines deleted...]
-      <w:t>2025</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="456F5914" w14:textId="77777777" w:rsidR="00FD0102" w:rsidRPr="007A2427" w:rsidRDefault="00FD0102" w:rsidP="005968F7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04171196"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6481B5E"/>
     <w:lvl w:ilvl="0" w:tplc="3B2A21C8">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -37715,51 +36712,51 @@
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="573591066">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="627277016">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="532310103">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1547990984">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="259605223">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="228422997">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="21"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -37784,90 +36781,94 @@
     <w:rsid w:val="000159EB"/>
     <w:rsid w:val="0002113E"/>
     <w:rsid w:val="00022AA2"/>
     <w:rsid w:val="00022F11"/>
     <w:rsid w:val="00024241"/>
     <w:rsid w:val="000246BA"/>
     <w:rsid w:val="00026E2D"/>
     <w:rsid w:val="00027B7F"/>
     <w:rsid w:val="00030E8F"/>
     <w:rsid w:val="0003126A"/>
     <w:rsid w:val="000315BC"/>
     <w:rsid w:val="00032132"/>
     <w:rsid w:val="0003279D"/>
     <w:rsid w:val="00036C5C"/>
     <w:rsid w:val="00036DB1"/>
     <w:rsid w:val="000404B1"/>
     <w:rsid w:val="0004371A"/>
     <w:rsid w:val="00043C53"/>
     <w:rsid w:val="00043D4B"/>
     <w:rsid w:val="00044920"/>
     <w:rsid w:val="000457AD"/>
     <w:rsid w:val="0005094D"/>
     <w:rsid w:val="00051525"/>
     <w:rsid w:val="000517F3"/>
     <w:rsid w:val="00052109"/>
+    <w:rsid w:val="000522A2"/>
     <w:rsid w:val="00052972"/>
+    <w:rsid w:val="0005352D"/>
     <w:rsid w:val="00053B9E"/>
     <w:rsid w:val="000541C3"/>
     <w:rsid w:val="00055340"/>
     <w:rsid w:val="00055515"/>
     <w:rsid w:val="000565CE"/>
     <w:rsid w:val="00056CDD"/>
     <w:rsid w:val="0005767F"/>
     <w:rsid w:val="0006364C"/>
     <w:rsid w:val="000636D6"/>
     <w:rsid w:val="00063C06"/>
     <w:rsid w:val="0006578F"/>
     <w:rsid w:val="00067DE9"/>
     <w:rsid w:val="000701B3"/>
     <w:rsid w:val="00070D29"/>
     <w:rsid w:val="00070F08"/>
     <w:rsid w:val="00071801"/>
     <w:rsid w:val="00072983"/>
     <w:rsid w:val="0007301F"/>
     <w:rsid w:val="000748AD"/>
     <w:rsid w:val="0007595D"/>
     <w:rsid w:val="000775CD"/>
     <w:rsid w:val="0008057D"/>
     <w:rsid w:val="000830F3"/>
     <w:rsid w:val="00085829"/>
     <w:rsid w:val="00090C4E"/>
     <w:rsid w:val="00091E4C"/>
     <w:rsid w:val="0009290D"/>
     <w:rsid w:val="00092A42"/>
     <w:rsid w:val="00094225"/>
     <w:rsid w:val="000943AF"/>
     <w:rsid w:val="000A3408"/>
     <w:rsid w:val="000A43ED"/>
     <w:rsid w:val="000A5CBA"/>
     <w:rsid w:val="000A68C5"/>
     <w:rsid w:val="000A6CF8"/>
+    <w:rsid w:val="000B1244"/>
     <w:rsid w:val="000B211D"/>
     <w:rsid w:val="000B2561"/>
     <w:rsid w:val="000B2A48"/>
     <w:rsid w:val="000B2A66"/>
+    <w:rsid w:val="000B3101"/>
     <w:rsid w:val="000B4204"/>
     <w:rsid w:val="000B4350"/>
     <w:rsid w:val="000B437C"/>
     <w:rsid w:val="000B494D"/>
     <w:rsid w:val="000B4E72"/>
     <w:rsid w:val="000B54A1"/>
     <w:rsid w:val="000B5555"/>
     <w:rsid w:val="000B6C02"/>
     <w:rsid w:val="000B6FE5"/>
     <w:rsid w:val="000B758A"/>
     <w:rsid w:val="000C04DB"/>
     <w:rsid w:val="000C37D1"/>
     <w:rsid w:val="000C45AD"/>
     <w:rsid w:val="000C5DD2"/>
     <w:rsid w:val="000C5FDA"/>
     <w:rsid w:val="000C722A"/>
     <w:rsid w:val="000D2017"/>
     <w:rsid w:val="000D2563"/>
     <w:rsid w:val="000D32F6"/>
     <w:rsid w:val="000D4AC9"/>
     <w:rsid w:val="000D6224"/>
     <w:rsid w:val="000E006A"/>
     <w:rsid w:val="000E1874"/>
     <w:rsid w:val="000E1B12"/>
     <w:rsid w:val="000E2A8A"/>
@@ -37898,113 +36899,117 @@
     <w:rsid w:val="00101A9F"/>
     <w:rsid w:val="00101CBF"/>
     <w:rsid w:val="00103743"/>
     <w:rsid w:val="0010531E"/>
     <w:rsid w:val="00105EE3"/>
     <w:rsid w:val="0010680D"/>
     <w:rsid w:val="0011102F"/>
     <w:rsid w:val="001112A2"/>
     <w:rsid w:val="00112868"/>
     <w:rsid w:val="00112A0B"/>
     <w:rsid w:val="00112FF2"/>
     <w:rsid w:val="00112FFF"/>
     <w:rsid w:val="00113852"/>
     <w:rsid w:val="00114A1E"/>
     <w:rsid w:val="0011523D"/>
     <w:rsid w:val="0011580F"/>
     <w:rsid w:val="00116252"/>
     <w:rsid w:val="00116CC9"/>
     <w:rsid w:val="00121AC6"/>
     <w:rsid w:val="00121B1F"/>
     <w:rsid w:val="00121C39"/>
     <w:rsid w:val="00122BD6"/>
     <w:rsid w:val="00124160"/>
     <w:rsid w:val="0012418F"/>
     <w:rsid w:val="001252B0"/>
+    <w:rsid w:val="0012569F"/>
     <w:rsid w:val="00126A8E"/>
     <w:rsid w:val="00127CA6"/>
     <w:rsid w:val="00130AC6"/>
     <w:rsid w:val="00130D41"/>
     <w:rsid w:val="00131610"/>
     <w:rsid w:val="001330AE"/>
     <w:rsid w:val="00133264"/>
     <w:rsid w:val="001333CF"/>
     <w:rsid w:val="00133B2A"/>
     <w:rsid w:val="001348F2"/>
     <w:rsid w:val="00136850"/>
     <w:rsid w:val="0014048A"/>
     <w:rsid w:val="00144030"/>
     <w:rsid w:val="00144EE0"/>
     <w:rsid w:val="001450D9"/>
     <w:rsid w:val="00145386"/>
     <w:rsid w:val="001472F7"/>
     <w:rsid w:val="00147BE9"/>
     <w:rsid w:val="00150325"/>
     <w:rsid w:val="00150F6A"/>
     <w:rsid w:val="00151AA0"/>
     <w:rsid w:val="00151DC1"/>
+    <w:rsid w:val="001534F0"/>
     <w:rsid w:val="001563BC"/>
     <w:rsid w:val="001566DA"/>
     <w:rsid w:val="001600F0"/>
     <w:rsid w:val="001605B4"/>
     <w:rsid w:val="001643BF"/>
     <w:rsid w:val="0016486B"/>
     <w:rsid w:val="00167775"/>
     <w:rsid w:val="00167EEC"/>
     <w:rsid w:val="001711CD"/>
     <w:rsid w:val="00171ADB"/>
     <w:rsid w:val="00171C2D"/>
     <w:rsid w:val="00171CC7"/>
     <w:rsid w:val="001732F8"/>
     <w:rsid w:val="00173D00"/>
     <w:rsid w:val="001751C9"/>
     <w:rsid w:val="001778C0"/>
     <w:rsid w:val="00181192"/>
     <w:rsid w:val="00181333"/>
     <w:rsid w:val="00181815"/>
     <w:rsid w:val="0018248F"/>
     <w:rsid w:val="00182574"/>
     <w:rsid w:val="001825E5"/>
     <w:rsid w:val="00183DC1"/>
     <w:rsid w:val="00183EAD"/>
     <w:rsid w:val="001842AE"/>
     <w:rsid w:val="0018511E"/>
     <w:rsid w:val="001851F9"/>
     <w:rsid w:val="0018594B"/>
     <w:rsid w:val="0018674A"/>
     <w:rsid w:val="00187A0B"/>
     <w:rsid w:val="00187A33"/>
     <w:rsid w:val="00187FE5"/>
+    <w:rsid w:val="00191571"/>
     <w:rsid w:val="001919B9"/>
     <w:rsid w:val="00193383"/>
     <w:rsid w:val="00193F49"/>
     <w:rsid w:val="001947CE"/>
     <w:rsid w:val="001951B7"/>
     <w:rsid w:val="001958C5"/>
     <w:rsid w:val="00196084"/>
     <w:rsid w:val="00196376"/>
     <w:rsid w:val="00197AF1"/>
+    <w:rsid w:val="001A17A7"/>
     <w:rsid w:val="001A181A"/>
     <w:rsid w:val="001A2DAB"/>
     <w:rsid w:val="001A3198"/>
     <w:rsid w:val="001A3223"/>
     <w:rsid w:val="001A7288"/>
     <w:rsid w:val="001B02E8"/>
     <w:rsid w:val="001B0F52"/>
     <w:rsid w:val="001B103E"/>
     <w:rsid w:val="001B118A"/>
     <w:rsid w:val="001B136B"/>
     <w:rsid w:val="001B16D1"/>
     <w:rsid w:val="001B2AE2"/>
     <w:rsid w:val="001B3B53"/>
     <w:rsid w:val="001B3E93"/>
     <w:rsid w:val="001B4515"/>
     <w:rsid w:val="001B46F5"/>
     <w:rsid w:val="001B4760"/>
     <w:rsid w:val="001B545E"/>
     <w:rsid w:val="001B59EC"/>
     <w:rsid w:val="001B74CC"/>
     <w:rsid w:val="001C0819"/>
     <w:rsid w:val="001C33C9"/>
     <w:rsid w:val="001C3905"/>
     <w:rsid w:val="001C4D89"/>
     <w:rsid w:val="001C5869"/>
@@ -38123,50 +37128,51 @@
     <w:rsid w:val="002921BE"/>
     <w:rsid w:val="002923BF"/>
     <w:rsid w:val="0029377A"/>
     <w:rsid w:val="00293DF1"/>
     <w:rsid w:val="00295C17"/>
     <w:rsid w:val="00295C96"/>
     <w:rsid w:val="002962EE"/>
     <w:rsid w:val="00297896"/>
     <w:rsid w:val="002A12A0"/>
     <w:rsid w:val="002A14B4"/>
     <w:rsid w:val="002A22EB"/>
     <w:rsid w:val="002A6481"/>
     <w:rsid w:val="002B1E99"/>
     <w:rsid w:val="002B2BAC"/>
     <w:rsid w:val="002B3000"/>
     <w:rsid w:val="002B34DB"/>
     <w:rsid w:val="002B3A9C"/>
     <w:rsid w:val="002B40EB"/>
     <w:rsid w:val="002B51F2"/>
     <w:rsid w:val="002C0E65"/>
     <w:rsid w:val="002C111D"/>
     <w:rsid w:val="002C11D9"/>
     <w:rsid w:val="002C32B7"/>
     <w:rsid w:val="002C4125"/>
     <w:rsid w:val="002C4A3D"/>
+    <w:rsid w:val="002C4C07"/>
     <w:rsid w:val="002C51EF"/>
     <w:rsid w:val="002C52FB"/>
     <w:rsid w:val="002C5C0A"/>
     <w:rsid w:val="002C675D"/>
     <w:rsid w:val="002C7B02"/>
     <w:rsid w:val="002C7E02"/>
     <w:rsid w:val="002C7E2A"/>
     <w:rsid w:val="002D1B5E"/>
     <w:rsid w:val="002D3536"/>
     <w:rsid w:val="002D3F04"/>
     <w:rsid w:val="002D4A05"/>
     <w:rsid w:val="002D5042"/>
     <w:rsid w:val="002D5303"/>
     <w:rsid w:val="002D7044"/>
     <w:rsid w:val="002D75E3"/>
     <w:rsid w:val="002D7D0B"/>
     <w:rsid w:val="002E09D0"/>
     <w:rsid w:val="002E2003"/>
     <w:rsid w:val="002E4DA9"/>
     <w:rsid w:val="002E5141"/>
     <w:rsid w:val="002E7475"/>
     <w:rsid w:val="002F03AB"/>
     <w:rsid w:val="002F0679"/>
     <w:rsid w:val="002F0C02"/>
     <w:rsid w:val="002F11DA"/>
@@ -38187,138 +37193,143 @@
     <w:rsid w:val="0030611F"/>
     <w:rsid w:val="003062C4"/>
     <w:rsid w:val="00307970"/>
     <w:rsid w:val="00307F64"/>
     <w:rsid w:val="00310E51"/>
     <w:rsid w:val="003115D3"/>
     <w:rsid w:val="00312BEF"/>
     <w:rsid w:val="00313F5A"/>
     <w:rsid w:val="00314B75"/>
     <w:rsid w:val="00315871"/>
     <w:rsid w:val="00315C23"/>
     <w:rsid w:val="00315EED"/>
     <w:rsid w:val="003160DC"/>
     <w:rsid w:val="00320E13"/>
     <w:rsid w:val="00320E2D"/>
     <w:rsid w:val="0032347E"/>
     <w:rsid w:val="00323DA8"/>
     <w:rsid w:val="0032574F"/>
     <w:rsid w:val="00325F37"/>
     <w:rsid w:val="00326A3B"/>
     <w:rsid w:val="003275E4"/>
     <w:rsid w:val="00327F8D"/>
     <w:rsid w:val="0033070B"/>
     <w:rsid w:val="00330F5E"/>
     <w:rsid w:val="003317E3"/>
+    <w:rsid w:val="003321F2"/>
     <w:rsid w:val="00332285"/>
     <w:rsid w:val="003329C0"/>
     <w:rsid w:val="00333301"/>
     <w:rsid w:val="00333445"/>
     <w:rsid w:val="00334DE1"/>
     <w:rsid w:val="00334E5D"/>
     <w:rsid w:val="003353C9"/>
     <w:rsid w:val="0033602D"/>
     <w:rsid w:val="0033783D"/>
     <w:rsid w:val="00337919"/>
     <w:rsid w:val="00337AB0"/>
     <w:rsid w:val="003402BE"/>
     <w:rsid w:val="003407FA"/>
     <w:rsid w:val="003425ED"/>
     <w:rsid w:val="00343154"/>
     <w:rsid w:val="00343A3A"/>
+    <w:rsid w:val="0034443F"/>
     <w:rsid w:val="003462E5"/>
     <w:rsid w:val="00350A8A"/>
     <w:rsid w:val="00350C5C"/>
     <w:rsid w:val="00352E18"/>
     <w:rsid w:val="00356A0F"/>
     <w:rsid w:val="00356FBF"/>
     <w:rsid w:val="0035703A"/>
     <w:rsid w:val="0035725F"/>
     <w:rsid w:val="0035760A"/>
     <w:rsid w:val="00360FC4"/>
     <w:rsid w:val="00362126"/>
     <w:rsid w:val="003628D1"/>
     <w:rsid w:val="00363944"/>
     <w:rsid w:val="00364241"/>
     <w:rsid w:val="00364479"/>
     <w:rsid w:val="00366276"/>
+    <w:rsid w:val="00370720"/>
     <w:rsid w:val="0037093F"/>
     <w:rsid w:val="00370CE4"/>
     <w:rsid w:val="0037392D"/>
     <w:rsid w:val="00374BB4"/>
     <w:rsid w:val="00377B51"/>
     <w:rsid w:val="00377C19"/>
     <w:rsid w:val="00381CDC"/>
     <w:rsid w:val="00382356"/>
     <w:rsid w:val="003840FB"/>
     <w:rsid w:val="00384798"/>
     <w:rsid w:val="0038528B"/>
     <w:rsid w:val="00391026"/>
     <w:rsid w:val="003919B7"/>
     <w:rsid w:val="00391BDB"/>
     <w:rsid w:val="00391EFB"/>
     <w:rsid w:val="00392FFC"/>
     <w:rsid w:val="0039551A"/>
     <w:rsid w:val="00395A5E"/>
     <w:rsid w:val="003973D4"/>
     <w:rsid w:val="0039750B"/>
     <w:rsid w:val="003A13CC"/>
     <w:rsid w:val="003A2698"/>
     <w:rsid w:val="003A3A17"/>
     <w:rsid w:val="003A439F"/>
     <w:rsid w:val="003A72ED"/>
     <w:rsid w:val="003A77B6"/>
     <w:rsid w:val="003A77D2"/>
     <w:rsid w:val="003B0A10"/>
     <w:rsid w:val="003B0C3E"/>
     <w:rsid w:val="003B15C0"/>
     <w:rsid w:val="003B1B38"/>
     <w:rsid w:val="003B1D13"/>
     <w:rsid w:val="003B2A6F"/>
     <w:rsid w:val="003B5404"/>
     <w:rsid w:val="003B56A8"/>
     <w:rsid w:val="003B72CA"/>
     <w:rsid w:val="003C0099"/>
+    <w:rsid w:val="003C120B"/>
     <w:rsid w:val="003C1652"/>
     <w:rsid w:val="003C1947"/>
     <w:rsid w:val="003C22C6"/>
     <w:rsid w:val="003C54F4"/>
     <w:rsid w:val="003C690B"/>
     <w:rsid w:val="003C7045"/>
     <w:rsid w:val="003D0EB0"/>
     <w:rsid w:val="003D3068"/>
     <w:rsid w:val="003D37D5"/>
     <w:rsid w:val="003D500E"/>
     <w:rsid w:val="003D5125"/>
     <w:rsid w:val="003D638C"/>
     <w:rsid w:val="003D7F0C"/>
     <w:rsid w:val="003E09D6"/>
     <w:rsid w:val="003E36E1"/>
     <w:rsid w:val="003E3A3F"/>
     <w:rsid w:val="003E5059"/>
     <w:rsid w:val="003E5F01"/>
     <w:rsid w:val="003E6111"/>
+    <w:rsid w:val="003E6554"/>
     <w:rsid w:val="003F1115"/>
     <w:rsid w:val="003F1580"/>
     <w:rsid w:val="003F220A"/>
     <w:rsid w:val="003F24F8"/>
     <w:rsid w:val="003F36AB"/>
     <w:rsid w:val="003F3A6D"/>
     <w:rsid w:val="003F41CF"/>
     <w:rsid w:val="003F4B6D"/>
     <w:rsid w:val="003F6A49"/>
     <w:rsid w:val="004006E2"/>
     <w:rsid w:val="00400D29"/>
     <w:rsid w:val="004029E8"/>
     <w:rsid w:val="00402DB7"/>
     <w:rsid w:val="00403BAF"/>
     <w:rsid w:val="00405CA4"/>
     <w:rsid w:val="00406007"/>
     <w:rsid w:val="00406622"/>
     <w:rsid w:val="0040792C"/>
     <w:rsid w:val="00407DD3"/>
     <w:rsid w:val="00410C47"/>
     <w:rsid w:val="00411187"/>
     <w:rsid w:val="00411D38"/>
     <w:rsid w:val="00412D26"/>
     <w:rsid w:val="00413901"/>
     <w:rsid w:val="00414957"/>
@@ -38331,130 +37342,134 @@
     <w:rsid w:val="004212B0"/>
     <w:rsid w:val="0042470B"/>
     <w:rsid w:val="00424A4D"/>
     <w:rsid w:val="00424BA3"/>
     <w:rsid w:val="00425258"/>
     <w:rsid w:val="004257CF"/>
     <w:rsid w:val="00426287"/>
     <w:rsid w:val="004265B7"/>
     <w:rsid w:val="00426821"/>
     <w:rsid w:val="0042704E"/>
     <w:rsid w:val="00427EB3"/>
     <w:rsid w:val="00430F90"/>
     <w:rsid w:val="00431175"/>
     <w:rsid w:val="00431D52"/>
     <w:rsid w:val="0043265C"/>
     <w:rsid w:val="00433659"/>
     <w:rsid w:val="00434876"/>
     <w:rsid w:val="00434B94"/>
     <w:rsid w:val="00436340"/>
     <w:rsid w:val="00436C8B"/>
     <w:rsid w:val="00437BEA"/>
     <w:rsid w:val="00441843"/>
     <w:rsid w:val="00441991"/>
     <w:rsid w:val="00441ECB"/>
     <w:rsid w:val="004423A7"/>
+    <w:rsid w:val="004425F4"/>
     <w:rsid w:val="00445073"/>
     <w:rsid w:val="00447405"/>
     <w:rsid w:val="004477BB"/>
     <w:rsid w:val="00450222"/>
     <w:rsid w:val="004506A3"/>
     <w:rsid w:val="0045086D"/>
     <w:rsid w:val="00451027"/>
     <w:rsid w:val="0045165E"/>
     <w:rsid w:val="004525F0"/>
     <w:rsid w:val="00453C8A"/>
     <w:rsid w:val="0045455D"/>
     <w:rsid w:val="004550A1"/>
     <w:rsid w:val="00455796"/>
     <w:rsid w:val="00455A28"/>
     <w:rsid w:val="0045607F"/>
     <w:rsid w:val="004565FD"/>
     <w:rsid w:val="0045751E"/>
     <w:rsid w:val="004579F8"/>
     <w:rsid w:val="0046137B"/>
     <w:rsid w:val="0046499A"/>
     <w:rsid w:val="00465929"/>
     <w:rsid w:val="00467D0C"/>
     <w:rsid w:val="004715BD"/>
     <w:rsid w:val="00471F88"/>
     <w:rsid w:val="004730CB"/>
     <w:rsid w:val="00473907"/>
     <w:rsid w:val="0047481B"/>
     <w:rsid w:val="004776FE"/>
     <w:rsid w:val="004804FD"/>
     <w:rsid w:val="00481557"/>
     <w:rsid w:val="00481710"/>
     <w:rsid w:val="004822AE"/>
     <w:rsid w:val="0048345A"/>
     <w:rsid w:val="00483B48"/>
     <w:rsid w:val="004868D7"/>
     <w:rsid w:val="004870AA"/>
     <w:rsid w:val="0048735E"/>
     <w:rsid w:val="00487D58"/>
     <w:rsid w:val="00490B39"/>
+    <w:rsid w:val="00494286"/>
     <w:rsid w:val="0049428F"/>
     <w:rsid w:val="0049478D"/>
     <w:rsid w:val="00495525"/>
     <w:rsid w:val="004971F3"/>
     <w:rsid w:val="0049766E"/>
     <w:rsid w:val="004A09B8"/>
     <w:rsid w:val="004A15EB"/>
     <w:rsid w:val="004A4FC1"/>
     <w:rsid w:val="004A510B"/>
     <w:rsid w:val="004A557A"/>
     <w:rsid w:val="004A6174"/>
     <w:rsid w:val="004A62BE"/>
     <w:rsid w:val="004A6969"/>
+    <w:rsid w:val="004A74BB"/>
     <w:rsid w:val="004A756A"/>
     <w:rsid w:val="004B0274"/>
     <w:rsid w:val="004B0D5B"/>
     <w:rsid w:val="004B56F7"/>
     <w:rsid w:val="004C0182"/>
     <w:rsid w:val="004C0C9B"/>
     <w:rsid w:val="004C14C6"/>
     <w:rsid w:val="004C16F0"/>
     <w:rsid w:val="004C19C2"/>
     <w:rsid w:val="004C2BB6"/>
     <w:rsid w:val="004C2BFC"/>
     <w:rsid w:val="004C3417"/>
     <w:rsid w:val="004C46C4"/>
     <w:rsid w:val="004C52A8"/>
     <w:rsid w:val="004C5835"/>
     <w:rsid w:val="004C6303"/>
     <w:rsid w:val="004C66CD"/>
     <w:rsid w:val="004C6F4D"/>
     <w:rsid w:val="004C6F97"/>
     <w:rsid w:val="004C7C23"/>
     <w:rsid w:val="004D194A"/>
     <w:rsid w:val="004D1C36"/>
     <w:rsid w:val="004D2EF0"/>
     <w:rsid w:val="004D37E1"/>
     <w:rsid w:val="004D495E"/>
     <w:rsid w:val="004D580B"/>
     <w:rsid w:val="004D5A75"/>
     <w:rsid w:val="004D7476"/>
+    <w:rsid w:val="004D7717"/>
     <w:rsid w:val="004E15A9"/>
     <w:rsid w:val="004E30AC"/>
     <w:rsid w:val="004E3AA8"/>
     <w:rsid w:val="004E4450"/>
     <w:rsid w:val="004E6B98"/>
     <w:rsid w:val="004E7AD2"/>
     <w:rsid w:val="004E7F88"/>
     <w:rsid w:val="004F035D"/>
     <w:rsid w:val="004F100E"/>
     <w:rsid w:val="004F15B6"/>
     <w:rsid w:val="004F1602"/>
     <w:rsid w:val="004F16E7"/>
     <w:rsid w:val="004F2429"/>
     <w:rsid w:val="004F399F"/>
     <w:rsid w:val="004F4C80"/>
     <w:rsid w:val="004F5C7F"/>
     <w:rsid w:val="004F68C8"/>
     <w:rsid w:val="004F68CF"/>
     <w:rsid w:val="004F77EC"/>
     <w:rsid w:val="004F7F9F"/>
     <w:rsid w:val="00503759"/>
     <w:rsid w:val="00504553"/>
     <w:rsid w:val="0050527B"/>
     <w:rsid w:val="0050609C"/>
     <w:rsid w:val="00506C9F"/>
@@ -38470,57 +37485,59 @@
     <w:rsid w:val="00520CC9"/>
     <w:rsid w:val="0052208E"/>
     <w:rsid w:val="005220DB"/>
     <w:rsid w:val="005228C6"/>
     <w:rsid w:val="00524E08"/>
     <w:rsid w:val="00525A5E"/>
     <w:rsid w:val="00526341"/>
     <w:rsid w:val="00526BA7"/>
     <w:rsid w:val="00527C65"/>
     <w:rsid w:val="00527CD9"/>
     <w:rsid w:val="00527F3A"/>
     <w:rsid w:val="005301DF"/>
     <w:rsid w:val="00530C34"/>
     <w:rsid w:val="005310CB"/>
     <w:rsid w:val="0053137C"/>
     <w:rsid w:val="005326F2"/>
     <w:rsid w:val="00534713"/>
     <w:rsid w:val="00534CAD"/>
     <w:rsid w:val="00535F62"/>
     <w:rsid w:val="005369D0"/>
     <w:rsid w:val="00536A16"/>
     <w:rsid w:val="00536CBF"/>
     <w:rsid w:val="00541952"/>
     <w:rsid w:val="00541A55"/>
     <w:rsid w:val="00543354"/>
+    <w:rsid w:val="00543A0A"/>
     <w:rsid w:val="00544DCE"/>
     <w:rsid w:val="00544EC8"/>
     <w:rsid w:val="00546EE7"/>
     <w:rsid w:val="00547248"/>
     <w:rsid w:val="005474A1"/>
     <w:rsid w:val="00551154"/>
     <w:rsid w:val="00551A7C"/>
+    <w:rsid w:val="00551EF1"/>
     <w:rsid w:val="00552E0B"/>
     <w:rsid w:val="00552EB7"/>
     <w:rsid w:val="005559EA"/>
     <w:rsid w:val="005559FE"/>
     <w:rsid w:val="00556F67"/>
     <w:rsid w:val="00561F71"/>
     <w:rsid w:val="00563368"/>
     <w:rsid w:val="0056383E"/>
     <w:rsid w:val="005642CF"/>
     <w:rsid w:val="005650CE"/>
     <w:rsid w:val="005669BD"/>
     <w:rsid w:val="00566BCD"/>
     <w:rsid w:val="00570782"/>
     <w:rsid w:val="0057161E"/>
     <w:rsid w:val="00572C37"/>
     <w:rsid w:val="0057543B"/>
     <w:rsid w:val="00575445"/>
     <w:rsid w:val="00577440"/>
     <w:rsid w:val="0057792A"/>
     <w:rsid w:val="00577A56"/>
     <w:rsid w:val="005802F5"/>
     <w:rsid w:val="005812F2"/>
     <w:rsid w:val="00581E64"/>
     <w:rsid w:val="005823BE"/>
     <w:rsid w:val="00582BAA"/>
@@ -38589,104 +37606,108 @@
     <w:rsid w:val="005F0332"/>
     <w:rsid w:val="005F048B"/>
     <w:rsid w:val="005F1643"/>
     <w:rsid w:val="005F399F"/>
     <w:rsid w:val="005F3ABA"/>
     <w:rsid w:val="005F3B89"/>
     <w:rsid w:val="005F5C1D"/>
     <w:rsid w:val="005F61EB"/>
     <w:rsid w:val="005F6F62"/>
     <w:rsid w:val="006021E8"/>
     <w:rsid w:val="006044C4"/>
     <w:rsid w:val="0060484D"/>
     <w:rsid w:val="0060552C"/>
     <w:rsid w:val="00606684"/>
     <w:rsid w:val="00607FEC"/>
     <w:rsid w:val="006113E4"/>
     <w:rsid w:val="006128BC"/>
     <w:rsid w:val="00613198"/>
     <w:rsid w:val="006138BA"/>
     <w:rsid w:val="00614BF6"/>
     <w:rsid w:val="0061585C"/>
     <w:rsid w:val="00616641"/>
     <w:rsid w:val="0061790C"/>
     <w:rsid w:val="00620F9F"/>
     <w:rsid w:val="006212AA"/>
+    <w:rsid w:val="006212E5"/>
     <w:rsid w:val="00624844"/>
     <w:rsid w:val="00624DD1"/>
     <w:rsid w:val="0062608D"/>
     <w:rsid w:val="006273F7"/>
     <w:rsid w:val="00630EA4"/>
     <w:rsid w:val="00630FCE"/>
     <w:rsid w:val="00632676"/>
     <w:rsid w:val="00632E0E"/>
     <w:rsid w:val="00633CA6"/>
     <w:rsid w:val="0063449E"/>
     <w:rsid w:val="00634B7C"/>
     <w:rsid w:val="00634F41"/>
     <w:rsid w:val="00636147"/>
     <w:rsid w:val="006372DD"/>
     <w:rsid w:val="00637436"/>
     <w:rsid w:val="00641885"/>
     <w:rsid w:val="006418D5"/>
     <w:rsid w:val="00643532"/>
     <w:rsid w:val="0064533B"/>
     <w:rsid w:val="006457FC"/>
     <w:rsid w:val="00646191"/>
+    <w:rsid w:val="006501A6"/>
     <w:rsid w:val="0065244F"/>
     <w:rsid w:val="00653EB3"/>
     <w:rsid w:val="00655B5B"/>
     <w:rsid w:val="00655D82"/>
     <w:rsid w:val="006569EA"/>
     <w:rsid w:val="00657748"/>
     <w:rsid w:val="00660186"/>
     <w:rsid w:val="00662F83"/>
     <w:rsid w:val="006641A9"/>
     <w:rsid w:val="00665214"/>
+    <w:rsid w:val="00665C26"/>
     <w:rsid w:val="00665EE9"/>
     <w:rsid w:val="0066669C"/>
     <w:rsid w:val="006679A7"/>
     <w:rsid w:val="006701D3"/>
     <w:rsid w:val="006704B7"/>
     <w:rsid w:val="0067072F"/>
     <w:rsid w:val="0067082D"/>
     <w:rsid w:val="006709DE"/>
     <w:rsid w:val="006748B2"/>
     <w:rsid w:val="00676925"/>
     <w:rsid w:val="00676BB2"/>
     <w:rsid w:val="00677453"/>
     <w:rsid w:val="006801DF"/>
     <w:rsid w:val="006806DA"/>
     <w:rsid w:val="00682173"/>
     <w:rsid w:val="006828DC"/>
     <w:rsid w:val="006833C4"/>
     <w:rsid w:val="00684F95"/>
     <w:rsid w:val="006854CB"/>
     <w:rsid w:val="0068652A"/>
     <w:rsid w:val="00687B9F"/>
     <w:rsid w:val="00691780"/>
     <w:rsid w:val="00691A53"/>
+    <w:rsid w:val="00691AE2"/>
     <w:rsid w:val="00693253"/>
     <w:rsid w:val="006960BD"/>
     <w:rsid w:val="00696522"/>
     <w:rsid w:val="006968DF"/>
     <w:rsid w:val="00696E34"/>
     <w:rsid w:val="00696E54"/>
     <w:rsid w:val="0069791B"/>
     <w:rsid w:val="006A023C"/>
     <w:rsid w:val="006A07F9"/>
     <w:rsid w:val="006A13F0"/>
     <w:rsid w:val="006A3302"/>
     <w:rsid w:val="006A39B5"/>
     <w:rsid w:val="006A582C"/>
     <w:rsid w:val="006A63B2"/>
     <w:rsid w:val="006A74CD"/>
     <w:rsid w:val="006A7F57"/>
     <w:rsid w:val="006B0A0A"/>
     <w:rsid w:val="006B4115"/>
     <w:rsid w:val="006B48BC"/>
     <w:rsid w:val="006B6708"/>
     <w:rsid w:val="006B6D9D"/>
     <w:rsid w:val="006B70D4"/>
     <w:rsid w:val="006B7631"/>
     <w:rsid w:val="006B779B"/>
     <w:rsid w:val="006B79C8"/>
@@ -38699,100 +37720,103 @@
     <w:rsid w:val="006C2FF7"/>
     <w:rsid w:val="006C504E"/>
     <w:rsid w:val="006C512B"/>
     <w:rsid w:val="006C5C6D"/>
     <w:rsid w:val="006C5CF7"/>
     <w:rsid w:val="006C7F87"/>
     <w:rsid w:val="006C7FD0"/>
     <w:rsid w:val="006D41C3"/>
     <w:rsid w:val="006D5938"/>
     <w:rsid w:val="006D620F"/>
     <w:rsid w:val="006D6B81"/>
     <w:rsid w:val="006E16EA"/>
     <w:rsid w:val="006E198F"/>
     <w:rsid w:val="006E19C5"/>
     <w:rsid w:val="006E1B58"/>
     <w:rsid w:val="006E2D10"/>
     <w:rsid w:val="006E33C0"/>
     <w:rsid w:val="006E3415"/>
     <w:rsid w:val="006E4B09"/>
     <w:rsid w:val="006E5267"/>
     <w:rsid w:val="006E5CEB"/>
     <w:rsid w:val="006F1436"/>
     <w:rsid w:val="006F2BE5"/>
     <w:rsid w:val="006F3BC2"/>
     <w:rsid w:val="006F4F5F"/>
+    <w:rsid w:val="006F4FD7"/>
     <w:rsid w:val="006F5AF2"/>
     <w:rsid w:val="006F6070"/>
     <w:rsid w:val="006F75F0"/>
     <w:rsid w:val="006F76AD"/>
     <w:rsid w:val="00701464"/>
     <w:rsid w:val="0070207F"/>
     <w:rsid w:val="00706CB1"/>
     <w:rsid w:val="00712773"/>
     <w:rsid w:val="00713B23"/>
     <w:rsid w:val="0071529D"/>
     <w:rsid w:val="0071547A"/>
     <w:rsid w:val="0071640D"/>
     <w:rsid w:val="00716A7F"/>
     <w:rsid w:val="00716AD9"/>
     <w:rsid w:val="00716ADA"/>
     <w:rsid w:val="00717010"/>
     <w:rsid w:val="007170F3"/>
     <w:rsid w:val="0071715A"/>
     <w:rsid w:val="00717B2E"/>
     <w:rsid w:val="00717E2A"/>
     <w:rsid w:val="007238D6"/>
     <w:rsid w:val="00723BF5"/>
     <w:rsid w:val="0072498E"/>
     <w:rsid w:val="00730640"/>
     <w:rsid w:val="00730A94"/>
     <w:rsid w:val="00732343"/>
     <w:rsid w:val="007324B5"/>
     <w:rsid w:val="0073324F"/>
     <w:rsid w:val="00736DD6"/>
     <w:rsid w:val="00737284"/>
     <w:rsid w:val="00737A95"/>
     <w:rsid w:val="00740127"/>
     <w:rsid w:val="00740904"/>
     <w:rsid w:val="00741A9E"/>
     <w:rsid w:val="007426B2"/>
     <w:rsid w:val="00743879"/>
     <w:rsid w:val="007442D8"/>
     <w:rsid w:val="007444FE"/>
     <w:rsid w:val="00745271"/>
     <w:rsid w:val="00751BD2"/>
     <w:rsid w:val="007527C0"/>
     <w:rsid w:val="007533C6"/>
+    <w:rsid w:val="007539A1"/>
     <w:rsid w:val="0075466F"/>
     <w:rsid w:val="00756C52"/>
     <w:rsid w:val="00760644"/>
     <w:rsid w:val="00762FAD"/>
     <w:rsid w:val="00763485"/>
     <w:rsid w:val="0076693C"/>
     <w:rsid w:val="0076698E"/>
     <w:rsid w:val="00766AF1"/>
+    <w:rsid w:val="007716D6"/>
     <w:rsid w:val="007743A2"/>
     <w:rsid w:val="00774484"/>
     <w:rsid w:val="00776641"/>
     <w:rsid w:val="00777131"/>
     <w:rsid w:val="007774F2"/>
     <w:rsid w:val="00777AA4"/>
     <w:rsid w:val="0078013A"/>
     <w:rsid w:val="00781BB9"/>
     <w:rsid w:val="00785548"/>
     <w:rsid w:val="00785800"/>
     <w:rsid w:val="0078641F"/>
     <w:rsid w:val="0078771A"/>
     <w:rsid w:val="00790B29"/>
     <w:rsid w:val="00791109"/>
     <w:rsid w:val="00791D3D"/>
     <w:rsid w:val="00792CD8"/>
     <w:rsid w:val="00793429"/>
     <w:rsid w:val="0079361D"/>
     <w:rsid w:val="0079536C"/>
     <w:rsid w:val="00795EB4"/>
     <w:rsid w:val="0079611B"/>
     <w:rsid w:val="00796155"/>
     <w:rsid w:val="007969C2"/>
     <w:rsid w:val="00796A0B"/>
     <w:rsid w:val="00797B15"/>
@@ -38820,172 +37844,179 @@
     <w:rsid w:val="007C2EEB"/>
     <w:rsid w:val="007C3A04"/>
     <w:rsid w:val="007C5168"/>
     <w:rsid w:val="007C5B82"/>
     <w:rsid w:val="007C5BF5"/>
     <w:rsid w:val="007C6340"/>
     <w:rsid w:val="007C6813"/>
     <w:rsid w:val="007C7D29"/>
     <w:rsid w:val="007C7D59"/>
     <w:rsid w:val="007D004D"/>
     <w:rsid w:val="007D0EC4"/>
     <w:rsid w:val="007D4060"/>
     <w:rsid w:val="007D4792"/>
     <w:rsid w:val="007D6214"/>
     <w:rsid w:val="007D7E2B"/>
     <w:rsid w:val="007E2128"/>
     <w:rsid w:val="007E3DB3"/>
     <w:rsid w:val="007E42A5"/>
     <w:rsid w:val="007E42F0"/>
     <w:rsid w:val="007E501F"/>
     <w:rsid w:val="007E52AC"/>
     <w:rsid w:val="007E6178"/>
     <w:rsid w:val="007E6849"/>
     <w:rsid w:val="007E79DC"/>
     <w:rsid w:val="007F09FA"/>
+    <w:rsid w:val="007F1DFA"/>
     <w:rsid w:val="007F1F6D"/>
     <w:rsid w:val="007F3CC9"/>
     <w:rsid w:val="007F42AA"/>
     <w:rsid w:val="007F486C"/>
     <w:rsid w:val="007F4CEF"/>
     <w:rsid w:val="007F57DF"/>
+    <w:rsid w:val="007F5B5D"/>
     <w:rsid w:val="007F60F1"/>
     <w:rsid w:val="00800A31"/>
     <w:rsid w:val="00800ABE"/>
     <w:rsid w:val="008025D4"/>
     <w:rsid w:val="00802C03"/>
     <w:rsid w:val="00803226"/>
     <w:rsid w:val="00804674"/>
     <w:rsid w:val="008055D6"/>
     <w:rsid w:val="00805697"/>
     <w:rsid w:val="008057E8"/>
     <w:rsid w:val="00805BFF"/>
     <w:rsid w:val="00805C85"/>
     <w:rsid w:val="00805F26"/>
     <w:rsid w:val="00806182"/>
     <w:rsid w:val="0080649F"/>
     <w:rsid w:val="00807847"/>
     <w:rsid w:val="008104FB"/>
     <w:rsid w:val="008123C1"/>
     <w:rsid w:val="00813F57"/>
     <w:rsid w:val="00815B35"/>
     <w:rsid w:val="008165C3"/>
     <w:rsid w:val="00816A35"/>
     <w:rsid w:val="0081779A"/>
     <w:rsid w:val="00820B9C"/>
     <w:rsid w:val="00821543"/>
     <w:rsid w:val="00822EE7"/>
     <w:rsid w:val="00823375"/>
     <w:rsid w:val="00826D94"/>
     <w:rsid w:val="0082701F"/>
     <w:rsid w:val="008272D2"/>
     <w:rsid w:val="0082791A"/>
     <w:rsid w:val="0083094D"/>
     <w:rsid w:val="008321B7"/>
     <w:rsid w:val="00833C16"/>
     <w:rsid w:val="00834EB3"/>
     <w:rsid w:val="00836328"/>
     <w:rsid w:val="00836C4C"/>
     <w:rsid w:val="00840E4E"/>
     <w:rsid w:val="00840E7D"/>
     <w:rsid w:val="008428B1"/>
     <w:rsid w:val="00843772"/>
+    <w:rsid w:val="008437B1"/>
     <w:rsid w:val="00844484"/>
     <w:rsid w:val="0084460F"/>
     <w:rsid w:val="00846978"/>
     <w:rsid w:val="0084763F"/>
     <w:rsid w:val="0084784D"/>
     <w:rsid w:val="00850681"/>
     <w:rsid w:val="00850924"/>
     <w:rsid w:val="00850B98"/>
     <w:rsid w:val="008516AC"/>
     <w:rsid w:val="008519CF"/>
     <w:rsid w:val="00852899"/>
     <w:rsid w:val="0085298E"/>
     <w:rsid w:val="0085648D"/>
     <w:rsid w:val="008568B0"/>
     <w:rsid w:val="00856AF9"/>
     <w:rsid w:val="00857842"/>
     <w:rsid w:val="0086078B"/>
     <w:rsid w:val="00862450"/>
     <w:rsid w:val="008633A1"/>
     <w:rsid w:val="00863866"/>
     <w:rsid w:val="00863A84"/>
     <w:rsid w:val="00863EC7"/>
     <w:rsid w:val="00864AD5"/>
     <w:rsid w:val="00865176"/>
+    <w:rsid w:val="00865BB8"/>
     <w:rsid w:val="0086746B"/>
     <w:rsid w:val="00872832"/>
     <w:rsid w:val="0087334A"/>
     <w:rsid w:val="00873808"/>
     <w:rsid w:val="008759A7"/>
     <w:rsid w:val="00876BB6"/>
+    <w:rsid w:val="00880139"/>
     <w:rsid w:val="00882281"/>
     <w:rsid w:val="00882D31"/>
     <w:rsid w:val="00884943"/>
     <w:rsid w:val="00884E59"/>
     <w:rsid w:val="00885FE0"/>
     <w:rsid w:val="0088621F"/>
     <w:rsid w:val="00886A26"/>
     <w:rsid w:val="0089065F"/>
     <w:rsid w:val="00890B46"/>
     <w:rsid w:val="00892240"/>
     <w:rsid w:val="008922CF"/>
     <w:rsid w:val="008923E1"/>
     <w:rsid w:val="00892CA1"/>
     <w:rsid w:val="00893BC7"/>
     <w:rsid w:val="00893EF7"/>
     <w:rsid w:val="008945F4"/>
     <w:rsid w:val="008949F5"/>
     <w:rsid w:val="00894DF7"/>
     <w:rsid w:val="00895EB4"/>
     <w:rsid w:val="008967CE"/>
     <w:rsid w:val="00896B3C"/>
     <w:rsid w:val="008A0152"/>
     <w:rsid w:val="008A05CE"/>
     <w:rsid w:val="008A1BAE"/>
     <w:rsid w:val="008A271D"/>
     <w:rsid w:val="008A2764"/>
     <w:rsid w:val="008A27B7"/>
     <w:rsid w:val="008A3A02"/>
     <w:rsid w:val="008A4057"/>
     <w:rsid w:val="008A4149"/>
     <w:rsid w:val="008A477D"/>
     <w:rsid w:val="008A4DB8"/>
     <w:rsid w:val="008A4F7A"/>
     <w:rsid w:val="008A5097"/>
     <w:rsid w:val="008A6FDF"/>
     <w:rsid w:val="008A721E"/>
     <w:rsid w:val="008B0FB8"/>
     <w:rsid w:val="008B47EE"/>
+    <w:rsid w:val="008B4C5F"/>
     <w:rsid w:val="008B4DF1"/>
     <w:rsid w:val="008B5526"/>
     <w:rsid w:val="008B61B9"/>
     <w:rsid w:val="008B65A4"/>
     <w:rsid w:val="008B780E"/>
     <w:rsid w:val="008C1C6A"/>
     <w:rsid w:val="008C202A"/>
+    <w:rsid w:val="008C4D18"/>
     <w:rsid w:val="008C566C"/>
     <w:rsid w:val="008C69BE"/>
     <w:rsid w:val="008C747F"/>
     <w:rsid w:val="008C7897"/>
     <w:rsid w:val="008C7A73"/>
     <w:rsid w:val="008C7AD9"/>
     <w:rsid w:val="008D0704"/>
     <w:rsid w:val="008D09D8"/>
     <w:rsid w:val="008D0C88"/>
     <w:rsid w:val="008D1C70"/>
     <w:rsid w:val="008D1F04"/>
     <w:rsid w:val="008D2FE7"/>
     <w:rsid w:val="008D37A4"/>
     <w:rsid w:val="008D39F9"/>
     <w:rsid w:val="008D427A"/>
     <w:rsid w:val="008D5515"/>
     <w:rsid w:val="008D6A7E"/>
     <w:rsid w:val="008D6B53"/>
     <w:rsid w:val="008D6BE7"/>
     <w:rsid w:val="008D6E69"/>
     <w:rsid w:val="008D7F86"/>
     <w:rsid w:val="008E0008"/>
     <w:rsid w:val="008E008E"/>
     <w:rsid w:val="008E0DE5"/>
     <w:rsid w:val="008E200B"/>
@@ -38997,82 +38028,86 @@
     <w:rsid w:val="008E665D"/>
     <w:rsid w:val="008E6F31"/>
     <w:rsid w:val="008E7267"/>
     <w:rsid w:val="008E7966"/>
     <w:rsid w:val="008F004C"/>
     <w:rsid w:val="008F4873"/>
     <w:rsid w:val="008F4F00"/>
     <w:rsid w:val="008F542F"/>
     <w:rsid w:val="008F5A70"/>
     <w:rsid w:val="008F60D4"/>
     <w:rsid w:val="008F67DF"/>
     <w:rsid w:val="008F682A"/>
     <w:rsid w:val="0090021A"/>
     <w:rsid w:val="00900327"/>
     <w:rsid w:val="00900A60"/>
     <w:rsid w:val="0090197A"/>
     <w:rsid w:val="00902870"/>
     <w:rsid w:val="00903040"/>
     <w:rsid w:val="009041EA"/>
     <w:rsid w:val="00906928"/>
     <w:rsid w:val="009069C5"/>
     <w:rsid w:val="00906BE2"/>
     <w:rsid w:val="00907DA1"/>
     <w:rsid w:val="00907F30"/>
     <w:rsid w:val="00911740"/>
+    <w:rsid w:val="00911E85"/>
     <w:rsid w:val="00911FA9"/>
     <w:rsid w:val="00912A98"/>
     <w:rsid w:val="00912EC8"/>
     <w:rsid w:val="009147A3"/>
     <w:rsid w:val="00915B4D"/>
     <w:rsid w:val="009166F7"/>
+    <w:rsid w:val="009229E2"/>
     <w:rsid w:val="009233D3"/>
     <w:rsid w:val="00924FD9"/>
     <w:rsid w:val="0092505C"/>
     <w:rsid w:val="00925886"/>
     <w:rsid w:val="009268E2"/>
     <w:rsid w:val="009268F0"/>
     <w:rsid w:val="00927BDF"/>
     <w:rsid w:val="009312BF"/>
     <w:rsid w:val="009324F0"/>
     <w:rsid w:val="0093296D"/>
     <w:rsid w:val="00934F99"/>
     <w:rsid w:val="00936E2C"/>
     <w:rsid w:val="00941A3F"/>
     <w:rsid w:val="0094217F"/>
     <w:rsid w:val="009435A5"/>
     <w:rsid w:val="00943AF7"/>
+    <w:rsid w:val="00943E1D"/>
     <w:rsid w:val="00945183"/>
     <w:rsid w:val="009453ED"/>
     <w:rsid w:val="0094633E"/>
     <w:rsid w:val="00946C21"/>
     <w:rsid w:val="009479D2"/>
     <w:rsid w:val="00952820"/>
     <w:rsid w:val="00952900"/>
     <w:rsid w:val="00952A40"/>
     <w:rsid w:val="00952D5F"/>
     <w:rsid w:val="00953670"/>
+    <w:rsid w:val="00953851"/>
     <w:rsid w:val="00954872"/>
     <w:rsid w:val="009553C8"/>
     <w:rsid w:val="00960CB8"/>
     <w:rsid w:val="00961322"/>
     <w:rsid w:val="00962FD7"/>
     <w:rsid w:val="00963239"/>
     <w:rsid w:val="009634CF"/>
     <w:rsid w:val="00963700"/>
     <w:rsid w:val="00964D5F"/>
     <w:rsid w:val="009658DD"/>
     <w:rsid w:val="009668FC"/>
     <w:rsid w:val="00967A7D"/>
     <w:rsid w:val="00970A35"/>
     <w:rsid w:val="00971ACD"/>
     <w:rsid w:val="00972B88"/>
     <w:rsid w:val="00973487"/>
     <w:rsid w:val="009735FC"/>
     <w:rsid w:val="00973718"/>
     <w:rsid w:val="00974852"/>
     <w:rsid w:val="00974D72"/>
     <w:rsid w:val="009757F4"/>
     <w:rsid w:val="0097619C"/>
     <w:rsid w:val="00977025"/>
     <w:rsid w:val="009807D1"/>
     <w:rsid w:val="0098115A"/>
@@ -39105,97 +38140,101 @@
     <w:rsid w:val="009B2D4A"/>
     <w:rsid w:val="009B42F1"/>
     <w:rsid w:val="009B462B"/>
     <w:rsid w:val="009B6B84"/>
     <w:rsid w:val="009B703B"/>
     <w:rsid w:val="009B7C7D"/>
     <w:rsid w:val="009C1584"/>
     <w:rsid w:val="009C1CF8"/>
     <w:rsid w:val="009C21D5"/>
     <w:rsid w:val="009C23BF"/>
     <w:rsid w:val="009C31B7"/>
     <w:rsid w:val="009C37B2"/>
     <w:rsid w:val="009C533A"/>
     <w:rsid w:val="009C5D41"/>
     <w:rsid w:val="009C68E2"/>
     <w:rsid w:val="009C6E85"/>
     <w:rsid w:val="009C70A8"/>
     <w:rsid w:val="009C7C45"/>
     <w:rsid w:val="009D0C48"/>
     <w:rsid w:val="009D0C95"/>
     <w:rsid w:val="009D2947"/>
     <w:rsid w:val="009D2BD3"/>
     <w:rsid w:val="009D40CA"/>
     <w:rsid w:val="009D4D73"/>
     <w:rsid w:val="009D51C1"/>
+    <w:rsid w:val="009D57DB"/>
+    <w:rsid w:val="009D5BEE"/>
     <w:rsid w:val="009D5DE4"/>
     <w:rsid w:val="009D71A4"/>
     <w:rsid w:val="009D7E69"/>
     <w:rsid w:val="009E2C8F"/>
     <w:rsid w:val="009E3E51"/>
     <w:rsid w:val="009E4A4B"/>
     <w:rsid w:val="009E6C84"/>
     <w:rsid w:val="009F3477"/>
     <w:rsid w:val="009F3A25"/>
     <w:rsid w:val="009F3A39"/>
     <w:rsid w:val="009F5AE0"/>
     <w:rsid w:val="009F6ACF"/>
     <w:rsid w:val="009F7C7C"/>
     <w:rsid w:val="00A00EBC"/>
     <w:rsid w:val="00A019D8"/>
     <w:rsid w:val="00A01BC9"/>
     <w:rsid w:val="00A01F69"/>
     <w:rsid w:val="00A046BE"/>
     <w:rsid w:val="00A060A0"/>
     <w:rsid w:val="00A071E4"/>
     <w:rsid w:val="00A12376"/>
     <w:rsid w:val="00A12FF4"/>
     <w:rsid w:val="00A13F88"/>
     <w:rsid w:val="00A143CB"/>
     <w:rsid w:val="00A16D7B"/>
     <w:rsid w:val="00A17842"/>
     <w:rsid w:val="00A17A0B"/>
     <w:rsid w:val="00A17C1F"/>
     <w:rsid w:val="00A202C9"/>
     <w:rsid w:val="00A20452"/>
     <w:rsid w:val="00A2047E"/>
     <w:rsid w:val="00A2125B"/>
     <w:rsid w:val="00A22159"/>
     <w:rsid w:val="00A2221D"/>
     <w:rsid w:val="00A23E2B"/>
     <w:rsid w:val="00A24F92"/>
     <w:rsid w:val="00A2549B"/>
     <w:rsid w:val="00A25B0E"/>
     <w:rsid w:val="00A264E6"/>
     <w:rsid w:val="00A310DA"/>
     <w:rsid w:val="00A31530"/>
+    <w:rsid w:val="00A321D0"/>
     <w:rsid w:val="00A32525"/>
     <w:rsid w:val="00A34657"/>
     <w:rsid w:val="00A34863"/>
     <w:rsid w:val="00A34AB2"/>
     <w:rsid w:val="00A3590F"/>
     <w:rsid w:val="00A36F57"/>
+    <w:rsid w:val="00A375B5"/>
     <w:rsid w:val="00A37661"/>
     <w:rsid w:val="00A4279B"/>
     <w:rsid w:val="00A43C3D"/>
     <w:rsid w:val="00A45B5D"/>
     <w:rsid w:val="00A50686"/>
     <w:rsid w:val="00A51577"/>
     <w:rsid w:val="00A52798"/>
     <w:rsid w:val="00A54A7C"/>
     <w:rsid w:val="00A55735"/>
     <w:rsid w:val="00A562AC"/>
     <w:rsid w:val="00A579C9"/>
     <w:rsid w:val="00A60204"/>
     <w:rsid w:val="00A617B9"/>
     <w:rsid w:val="00A618F8"/>
     <w:rsid w:val="00A62214"/>
     <w:rsid w:val="00A62A8E"/>
     <w:rsid w:val="00A631C2"/>
     <w:rsid w:val="00A70533"/>
     <w:rsid w:val="00A71800"/>
     <w:rsid w:val="00A72693"/>
     <w:rsid w:val="00A72E8A"/>
     <w:rsid w:val="00A731C1"/>
     <w:rsid w:val="00A74AFF"/>
     <w:rsid w:val="00A765AC"/>
     <w:rsid w:val="00A77D53"/>
@@ -39213,72 +38252,77 @@
     <w:rsid w:val="00A916FA"/>
     <w:rsid w:val="00A91863"/>
     <w:rsid w:val="00A92976"/>
     <w:rsid w:val="00A94378"/>
     <w:rsid w:val="00A967DB"/>
     <w:rsid w:val="00A96E54"/>
     <w:rsid w:val="00A9718B"/>
     <w:rsid w:val="00A97A9C"/>
     <w:rsid w:val="00AA0D31"/>
     <w:rsid w:val="00AA1B52"/>
     <w:rsid w:val="00AA1F85"/>
     <w:rsid w:val="00AA3724"/>
     <w:rsid w:val="00AA47F7"/>
     <w:rsid w:val="00AA4CFF"/>
     <w:rsid w:val="00AA5836"/>
     <w:rsid w:val="00AA60DA"/>
     <w:rsid w:val="00AA71B3"/>
     <w:rsid w:val="00AB1A47"/>
     <w:rsid w:val="00AB1AFB"/>
     <w:rsid w:val="00AB28EE"/>
     <w:rsid w:val="00AB2A71"/>
     <w:rsid w:val="00AB3F45"/>
     <w:rsid w:val="00AB45CE"/>
     <w:rsid w:val="00AB550B"/>
     <w:rsid w:val="00AB7850"/>
+    <w:rsid w:val="00AB7FAE"/>
     <w:rsid w:val="00AC0204"/>
     <w:rsid w:val="00AC0BBF"/>
     <w:rsid w:val="00AC3F4F"/>
     <w:rsid w:val="00AC579C"/>
     <w:rsid w:val="00AC5D40"/>
     <w:rsid w:val="00AC610C"/>
     <w:rsid w:val="00AC61ED"/>
     <w:rsid w:val="00AC693B"/>
     <w:rsid w:val="00AD0B01"/>
     <w:rsid w:val="00AD1479"/>
     <w:rsid w:val="00AD1B36"/>
     <w:rsid w:val="00AD1D02"/>
     <w:rsid w:val="00AD2D4E"/>
+    <w:rsid w:val="00AD425F"/>
     <w:rsid w:val="00AD53DA"/>
     <w:rsid w:val="00AD5A51"/>
     <w:rsid w:val="00AD5FE6"/>
+    <w:rsid w:val="00AE0524"/>
     <w:rsid w:val="00AE0744"/>
     <w:rsid w:val="00AE1DE1"/>
     <w:rsid w:val="00AE2489"/>
     <w:rsid w:val="00AE3E40"/>
+    <w:rsid w:val="00AE49E1"/>
     <w:rsid w:val="00AE6148"/>
     <w:rsid w:val="00AE6DA9"/>
+    <w:rsid w:val="00AE7A21"/>
     <w:rsid w:val="00AF09C4"/>
     <w:rsid w:val="00AF1139"/>
     <w:rsid w:val="00AF1199"/>
     <w:rsid w:val="00AF11F8"/>
     <w:rsid w:val="00AF4726"/>
     <w:rsid w:val="00AF5D45"/>
     <w:rsid w:val="00AF5E88"/>
     <w:rsid w:val="00AF7104"/>
     <w:rsid w:val="00B00787"/>
     <w:rsid w:val="00B0280C"/>
     <w:rsid w:val="00B03F7A"/>
     <w:rsid w:val="00B04B8F"/>
     <w:rsid w:val="00B04CFF"/>
     <w:rsid w:val="00B07635"/>
     <w:rsid w:val="00B1022C"/>
     <w:rsid w:val="00B10D8F"/>
     <w:rsid w:val="00B10DF8"/>
     <w:rsid w:val="00B1126F"/>
     <w:rsid w:val="00B118A4"/>
     <w:rsid w:val="00B13F81"/>
     <w:rsid w:val="00B13FB8"/>
     <w:rsid w:val="00B15685"/>
     <w:rsid w:val="00B16D95"/>
     <w:rsid w:val="00B1727A"/>
     <w:rsid w:val="00B17591"/>
@@ -39304,192 +38348,202 @@
     <w:rsid w:val="00B36DAF"/>
     <w:rsid w:val="00B40621"/>
     <w:rsid w:val="00B411D6"/>
     <w:rsid w:val="00B41379"/>
     <w:rsid w:val="00B413BE"/>
     <w:rsid w:val="00B41490"/>
     <w:rsid w:val="00B438AC"/>
     <w:rsid w:val="00B43A22"/>
     <w:rsid w:val="00B43E9E"/>
     <w:rsid w:val="00B443CC"/>
     <w:rsid w:val="00B45B03"/>
     <w:rsid w:val="00B45B2C"/>
     <w:rsid w:val="00B47216"/>
     <w:rsid w:val="00B50750"/>
     <w:rsid w:val="00B50A6E"/>
     <w:rsid w:val="00B50C19"/>
     <w:rsid w:val="00B51627"/>
     <w:rsid w:val="00B516A1"/>
     <w:rsid w:val="00B51AE7"/>
     <w:rsid w:val="00B51E17"/>
     <w:rsid w:val="00B52458"/>
     <w:rsid w:val="00B52869"/>
     <w:rsid w:val="00B53FF2"/>
     <w:rsid w:val="00B54383"/>
     <w:rsid w:val="00B55170"/>
+    <w:rsid w:val="00B55DD0"/>
     <w:rsid w:val="00B55FA3"/>
     <w:rsid w:val="00B56E97"/>
     <w:rsid w:val="00B56FE2"/>
     <w:rsid w:val="00B57231"/>
     <w:rsid w:val="00B5727D"/>
     <w:rsid w:val="00B57FB1"/>
     <w:rsid w:val="00B57FE5"/>
     <w:rsid w:val="00B6050A"/>
     <w:rsid w:val="00B61078"/>
     <w:rsid w:val="00B61BEE"/>
     <w:rsid w:val="00B61F72"/>
     <w:rsid w:val="00B635F9"/>
     <w:rsid w:val="00B644F1"/>
     <w:rsid w:val="00B660C2"/>
     <w:rsid w:val="00B6630E"/>
     <w:rsid w:val="00B6654A"/>
     <w:rsid w:val="00B73F49"/>
     <w:rsid w:val="00B7538D"/>
     <w:rsid w:val="00B75F8B"/>
     <w:rsid w:val="00B816E8"/>
+    <w:rsid w:val="00B81FF0"/>
     <w:rsid w:val="00B84237"/>
     <w:rsid w:val="00B86213"/>
     <w:rsid w:val="00B87476"/>
+    <w:rsid w:val="00B916C3"/>
     <w:rsid w:val="00B9515F"/>
     <w:rsid w:val="00B95B2B"/>
     <w:rsid w:val="00B969D2"/>
     <w:rsid w:val="00B96A03"/>
     <w:rsid w:val="00BA1526"/>
     <w:rsid w:val="00BA29C8"/>
     <w:rsid w:val="00BA4149"/>
     <w:rsid w:val="00BA52D1"/>
     <w:rsid w:val="00BA7CA1"/>
     <w:rsid w:val="00BB0590"/>
     <w:rsid w:val="00BB0AE7"/>
     <w:rsid w:val="00BB136D"/>
     <w:rsid w:val="00BB7EA4"/>
     <w:rsid w:val="00BC24A5"/>
     <w:rsid w:val="00BC4055"/>
     <w:rsid w:val="00BC4276"/>
     <w:rsid w:val="00BC5B38"/>
     <w:rsid w:val="00BC68F2"/>
     <w:rsid w:val="00BD0E26"/>
     <w:rsid w:val="00BD2CDD"/>
     <w:rsid w:val="00BD46B5"/>
     <w:rsid w:val="00BD4CA2"/>
     <w:rsid w:val="00BD4D1D"/>
     <w:rsid w:val="00BD59CB"/>
     <w:rsid w:val="00BD6528"/>
     <w:rsid w:val="00BD7E41"/>
     <w:rsid w:val="00BE0311"/>
     <w:rsid w:val="00BE05B8"/>
     <w:rsid w:val="00BE1519"/>
     <w:rsid w:val="00BE240F"/>
     <w:rsid w:val="00BE3636"/>
     <w:rsid w:val="00BE51DA"/>
     <w:rsid w:val="00BE63E6"/>
     <w:rsid w:val="00BF1B87"/>
     <w:rsid w:val="00BF304C"/>
     <w:rsid w:val="00BF3BCB"/>
     <w:rsid w:val="00BF3C4D"/>
     <w:rsid w:val="00BF3CEF"/>
     <w:rsid w:val="00BF3F1D"/>
     <w:rsid w:val="00BF4ABB"/>
+    <w:rsid w:val="00BF4B0B"/>
     <w:rsid w:val="00BF5578"/>
     <w:rsid w:val="00BF5CD6"/>
     <w:rsid w:val="00BF5F2D"/>
     <w:rsid w:val="00BF629F"/>
     <w:rsid w:val="00BF6739"/>
+    <w:rsid w:val="00BF7D06"/>
     <w:rsid w:val="00C008CC"/>
     <w:rsid w:val="00C0284D"/>
     <w:rsid w:val="00C02A68"/>
     <w:rsid w:val="00C02BE5"/>
     <w:rsid w:val="00C044DE"/>
     <w:rsid w:val="00C045AC"/>
     <w:rsid w:val="00C04D92"/>
     <w:rsid w:val="00C07522"/>
     <w:rsid w:val="00C07748"/>
     <w:rsid w:val="00C10A9E"/>
     <w:rsid w:val="00C11434"/>
+    <w:rsid w:val="00C1223A"/>
     <w:rsid w:val="00C123CF"/>
     <w:rsid w:val="00C138CA"/>
     <w:rsid w:val="00C13D35"/>
     <w:rsid w:val="00C15FFC"/>
     <w:rsid w:val="00C1739F"/>
     <w:rsid w:val="00C1754F"/>
     <w:rsid w:val="00C20122"/>
     <w:rsid w:val="00C22E19"/>
     <w:rsid w:val="00C24BAC"/>
     <w:rsid w:val="00C25C23"/>
     <w:rsid w:val="00C26284"/>
+    <w:rsid w:val="00C2776F"/>
     <w:rsid w:val="00C278AD"/>
     <w:rsid w:val="00C27B55"/>
     <w:rsid w:val="00C329E1"/>
     <w:rsid w:val="00C33434"/>
     <w:rsid w:val="00C33A76"/>
     <w:rsid w:val="00C344B7"/>
     <w:rsid w:val="00C34B11"/>
     <w:rsid w:val="00C35686"/>
     <w:rsid w:val="00C35F50"/>
     <w:rsid w:val="00C37562"/>
     <w:rsid w:val="00C415D7"/>
     <w:rsid w:val="00C4189C"/>
     <w:rsid w:val="00C420FD"/>
     <w:rsid w:val="00C4214D"/>
     <w:rsid w:val="00C43DE8"/>
     <w:rsid w:val="00C44546"/>
     <w:rsid w:val="00C44AD9"/>
     <w:rsid w:val="00C45352"/>
     <w:rsid w:val="00C4560E"/>
     <w:rsid w:val="00C457FA"/>
     <w:rsid w:val="00C45BE1"/>
     <w:rsid w:val="00C47D6C"/>
     <w:rsid w:val="00C50801"/>
     <w:rsid w:val="00C53597"/>
     <w:rsid w:val="00C539B5"/>
     <w:rsid w:val="00C56248"/>
     <w:rsid w:val="00C562AE"/>
     <w:rsid w:val="00C57BF2"/>
+    <w:rsid w:val="00C6255B"/>
+    <w:rsid w:val="00C638A3"/>
     <w:rsid w:val="00C64CF1"/>
     <w:rsid w:val="00C64FFA"/>
     <w:rsid w:val="00C65C5D"/>
     <w:rsid w:val="00C65C77"/>
     <w:rsid w:val="00C660CB"/>
     <w:rsid w:val="00C6717F"/>
     <w:rsid w:val="00C7174E"/>
     <w:rsid w:val="00C71D01"/>
     <w:rsid w:val="00C71E74"/>
     <w:rsid w:val="00C7369B"/>
     <w:rsid w:val="00C74557"/>
     <w:rsid w:val="00C7478C"/>
     <w:rsid w:val="00C74F8F"/>
     <w:rsid w:val="00C754BD"/>
     <w:rsid w:val="00C769D4"/>
     <w:rsid w:val="00C777D1"/>
     <w:rsid w:val="00C81321"/>
     <w:rsid w:val="00C81949"/>
     <w:rsid w:val="00C81C8F"/>
     <w:rsid w:val="00C82613"/>
     <w:rsid w:val="00C82D1B"/>
     <w:rsid w:val="00C83309"/>
     <w:rsid w:val="00C848F3"/>
     <w:rsid w:val="00C854C1"/>
+    <w:rsid w:val="00C859CE"/>
     <w:rsid w:val="00C85D84"/>
     <w:rsid w:val="00C86278"/>
     <w:rsid w:val="00C9055A"/>
     <w:rsid w:val="00C911EB"/>
     <w:rsid w:val="00C931EE"/>
     <w:rsid w:val="00C93D70"/>
     <w:rsid w:val="00C93E45"/>
     <w:rsid w:val="00C9445F"/>
     <w:rsid w:val="00C9484B"/>
     <w:rsid w:val="00C956DD"/>
     <w:rsid w:val="00C96F90"/>
     <w:rsid w:val="00C9704A"/>
     <w:rsid w:val="00CA03B4"/>
     <w:rsid w:val="00CA0719"/>
     <w:rsid w:val="00CA1399"/>
     <w:rsid w:val="00CA1ABF"/>
     <w:rsid w:val="00CA2C3C"/>
     <w:rsid w:val="00CA3A80"/>
     <w:rsid w:val="00CA4B54"/>
     <w:rsid w:val="00CA4ED8"/>
     <w:rsid w:val="00CA616C"/>
     <w:rsid w:val="00CA65D7"/>
     <w:rsid w:val="00CA706D"/>
     <w:rsid w:val="00CA7D37"/>
     <w:rsid w:val="00CB0E54"/>
@@ -39544,153 +38598,158 @@
     <w:rsid w:val="00D121FA"/>
     <w:rsid w:val="00D14877"/>
     <w:rsid w:val="00D148E6"/>
     <w:rsid w:val="00D14B9C"/>
     <w:rsid w:val="00D17EEF"/>
     <w:rsid w:val="00D20AF6"/>
     <w:rsid w:val="00D20E76"/>
     <w:rsid w:val="00D2409D"/>
     <w:rsid w:val="00D26D12"/>
     <w:rsid w:val="00D324A7"/>
     <w:rsid w:val="00D34677"/>
     <w:rsid w:val="00D34C67"/>
     <w:rsid w:val="00D35077"/>
     <w:rsid w:val="00D3511A"/>
     <w:rsid w:val="00D359BE"/>
     <w:rsid w:val="00D369BA"/>
     <w:rsid w:val="00D40559"/>
     <w:rsid w:val="00D40971"/>
     <w:rsid w:val="00D4473F"/>
     <w:rsid w:val="00D464CA"/>
     <w:rsid w:val="00D469BA"/>
     <w:rsid w:val="00D46A31"/>
     <w:rsid w:val="00D50B18"/>
     <w:rsid w:val="00D5194E"/>
     <w:rsid w:val="00D5317F"/>
+    <w:rsid w:val="00D5404B"/>
     <w:rsid w:val="00D541E0"/>
     <w:rsid w:val="00D54759"/>
+    <w:rsid w:val="00D54A87"/>
     <w:rsid w:val="00D5583F"/>
     <w:rsid w:val="00D56D7E"/>
     <w:rsid w:val="00D57BA2"/>
     <w:rsid w:val="00D605BF"/>
     <w:rsid w:val="00D6060F"/>
     <w:rsid w:val="00D6404F"/>
     <w:rsid w:val="00D6430F"/>
     <w:rsid w:val="00D64DCE"/>
     <w:rsid w:val="00D64EBA"/>
     <w:rsid w:val="00D65A72"/>
     <w:rsid w:val="00D66696"/>
     <w:rsid w:val="00D66979"/>
     <w:rsid w:val="00D71141"/>
     <w:rsid w:val="00D72297"/>
     <w:rsid w:val="00D73E18"/>
     <w:rsid w:val="00D73EB5"/>
     <w:rsid w:val="00D74246"/>
     <w:rsid w:val="00D74B71"/>
     <w:rsid w:val="00D74E71"/>
     <w:rsid w:val="00D75219"/>
+    <w:rsid w:val="00D75E95"/>
     <w:rsid w:val="00D7619F"/>
     <w:rsid w:val="00D7633C"/>
     <w:rsid w:val="00D77200"/>
     <w:rsid w:val="00D774F4"/>
     <w:rsid w:val="00D77703"/>
     <w:rsid w:val="00D82187"/>
     <w:rsid w:val="00D82312"/>
     <w:rsid w:val="00D83434"/>
     <w:rsid w:val="00D83F61"/>
     <w:rsid w:val="00D83F84"/>
     <w:rsid w:val="00D84B4B"/>
     <w:rsid w:val="00D8580E"/>
     <w:rsid w:val="00D85F2D"/>
     <w:rsid w:val="00D863BF"/>
     <w:rsid w:val="00D90CAF"/>
     <w:rsid w:val="00D91B5B"/>
     <w:rsid w:val="00D92A25"/>
     <w:rsid w:val="00D92D63"/>
     <w:rsid w:val="00D97126"/>
     <w:rsid w:val="00DA007D"/>
     <w:rsid w:val="00DA0F9C"/>
     <w:rsid w:val="00DA1117"/>
     <w:rsid w:val="00DA1189"/>
     <w:rsid w:val="00DA2C88"/>
     <w:rsid w:val="00DA3DB4"/>
     <w:rsid w:val="00DA4890"/>
     <w:rsid w:val="00DA4E18"/>
     <w:rsid w:val="00DA519A"/>
     <w:rsid w:val="00DA54B5"/>
     <w:rsid w:val="00DB01D6"/>
     <w:rsid w:val="00DB17AB"/>
     <w:rsid w:val="00DB4832"/>
     <w:rsid w:val="00DB6349"/>
     <w:rsid w:val="00DB668D"/>
     <w:rsid w:val="00DC207F"/>
     <w:rsid w:val="00DC3704"/>
     <w:rsid w:val="00DC3D8C"/>
     <w:rsid w:val="00DC4B4B"/>
     <w:rsid w:val="00DC5570"/>
     <w:rsid w:val="00DC5B79"/>
     <w:rsid w:val="00DC5E21"/>
     <w:rsid w:val="00DC7115"/>
     <w:rsid w:val="00DC7824"/>
+    <w:rsid w:val="00DD01E1"/>
     <w:rsid w:val="00DD02E0"/>
     <w:rsid w:val="00DD0A68"/>
     <w:rsid w:val="00DD108E"/>
     <w:rsid w:val="00DD180E"/>
     <w:rsid w:val="00DD1ACB"/>
     <w:rsid w:val="00DD4145"/>
     <w:rsid w:val="00DD58DA"/>
     <w:rsid w:val="00DD5CE2"/>
     <w:rsid w:val="00DE2A3C"/>
     <w:rsid w:val="00DE31AD"/>
     <w:rsid w:val="00DE4529"/>
     <w:rsid w:val="00DE5529"/>
     <w:rsid w:val="00DE6457"/>
     <w:rsid w:val="00DE68C7"/>
     <w:rsid w:val="00DF05BD"/>
     <w:rsid w:val="00DF1A5D"/>
     <w:rsid w:val="00DF2244"/>
     <w:rsid w:val="00DF3CEB"/>
     <w:rsid w:val="00DF4591"/>
     <w:rsid w:val="00DF5356"/>
     <w:rsid w:val="00DF5424"/>
     <w:rsid w:val="00DF602A"/>
     <w:rsid w:val="00DF6206"/>
     <w:rsid w:val="00DF6D64"/>
     <w:rsid w:val="00E00412"/>
     <w:rsid w:val="00E01243"/>
     <w:rsid w:val="00E01993"/>
     <w:rsid w:val="00E038D1"/>
     <w:rsid w:val="00E06004"/>
     <w:rsid w:val="00E06620"/>
     <w:rsid w:val="00E06CD0"/>
     <w:rsid w:val="00E072F0"/>
     <w:rsid w:val="00E12635"/>
     <w:rsid w:val="00E12E13"/>
     <w:rsid w:val="00E14109"/>
     <w:rsid w:val="00E15A62"/>
     <w:rsid w:val="00E202E7"/>
     <w:rsid w:val="00E203DD"/>
+    <w:rsid w:val="00E208DB"/>
     <w:rsid w:val="00E211BE"/>
     <w:rsid w:val="00E21869"/>
     <w:rsid w:val="00E21CBB"/>
     <w:rsid w:val="00E21EA3"/>
     <w:rsid w:val="00E22AA2"/>
     <w:rsid w:val="00E22FBD"/>
     <w:rsid w:val="00E230BB"/>
     <w:rsid w:val="00E2343F"/>
     <w:rsid w:val="00E24A31"/>
     <w:rsid w:val="00E25354"/>
     <w:rsid w:val="00E25C4D"/>
     <w:rsid w:val="00E27D3A"/>
     <w:rsid w:val="00E3083B"/>
     <w:rsid w:val="00E31A1D"/>
     <w:rsid w:val="00E31A78"/>
     <w:rsid w:val="00E31F4C"/>
     <w:rsid w:val="00E3381B"/>
     <w:rsid w:val="00E34BFB"/>
     <w:rsid w:val="00E34D18"/>
     <w:rsid w:val="00E3585E"/>
     <w:rsid w:val="00E359B5"/>
     <w:rsid w:val="00E365C7"/>
     <w:rsid w:val="00E368CC"/>
     <w:rsid w:val="00E37277"/>
     <w:rsid w:val="00E40135"/>
@@ -39765,123 +38824,127 @@
     <w:rsid w:val="00EB03C9"/>
     <w:rsid w:val="00EB0D6E"/>
     <w:rsid w:val="00EB15E4"/>
     <w:rsid w:val="00EB1E17"/>
     <w:rsid w:val="00EB270C"/>
     <w:rsid w:val="00EB28F5"/>
     <w:rsid w:val="00EB29CB"/>
     <w:rsid w:val="00EB34A2"/>
     <w:rsid w:val="00EB351D"/>
     <w:rsid w:val="00EB502E"/>
     <w:rsid w:val="00EB516C"/>
     <w:rsid w:val="00EB6ED0"/>
     <w:rsid w:val="00EB7F38"/>
     <w:rsid w:val="00EC038B"/>
     <w:rsid w:val="00EC14AB"/>
     <w:rsid w:val="00EC3CC7"/>
     <w:rsid w:val="00EC44AD"/>
     <w:rsid w:val="00EC44E5"/>
     <w:rsid w:val="00EC4D72"/>
     <w:rsid w:val="00EC52D5"/>
     <w:rsid w:val="00EC622F"/>
     <w:rsid w:val="00ED2A05"/>
     <w:rsid w:val="00ED33A5"/>
     <w:rsid w:val="00ED5643"/>
     <w:rsid w:val="00EE0357"/>
+    <w:rsid w:val="00EE1F6D"/>
     <w:rsid w:val="00EE39C4"/>
     <w:rsid w:val="00EE3F5D"/>
     <w:rsid w:val="00EE6805"/>
     <w:rsid w:val="00EE7127"/>
     <w:rsid w:val="00EE76F1"/>
     <w:rsid w:val="00EE7F98"/>
     <w:rsid w:val="00EF0400"/>
     <w:rsid w:val="00EF078A"/>
     <w:rsid w:val="00EF1043"/>
     <w:rsid w:val="00EF15A8"/>
     <w:rsid w:val="00EF214A"/>
     <w:rsid w:val="00EF233E"/>
     <w:rsid w:val="00EF4574"/>
     <w:rsid w:val="00EF6983"/>
     <w:rsid w:val="00EF6BE6"/>
     <w:rsid w:val="00EF7C54"/>
     <w:rsid w:val="00F0156D"/>
     <w:rsid w:val="00F1004F"/>
     <w:rsid w:val="00F1052D"/>
     <w:rsid w:val="00F10A2C"/>
     <w:rsid w:val="00F10B37"/>
     <w:rsid w:val="00F10D25"/>
     <w:rsid w:val="00F116AC"/>
     <w:rsid w:val="00F11BC2"/>
     <w:rsid w:val="00F1347A"/>
     <w:rsid w:val="00F152C4"/>
     <w:rsid w:val="00F15601"/>
     <w:rsid w:val="00F15FE5"/>
     <w:rsid w:val="00F174A0"/>
     <w:rsid w:val="00F20656"/>
     <w:rsid w:val="00F20796"/>
     <w:rsid w:val="00F215C8"/>
     <w:rsid w:val="00F24984"/>
     <w:rsid w:val="00F27862"/>
     <w:rsid w:val="00F27B7F"/>
     <w:rsid w:val="00F27F15"/>
     <w:rsid w:val="00F31049"/>
     <w:rsid w:val="00F31CC8"/>
     <w:rsid w:val="00F325D8"/>
+    <w:rsid w:val="00F33E6B"/>
     <w:rsid w:val="00F34F91"/>
     <w:rsid w:val="00F36302"/>
     <w:rsid w:val="00F37079"/>
     <w:rsid w:val="00F4044A"/>
     <w:rsid w:val="00F404FA"/>
     <w:rsid w:val="00F41023"/>
     <w:rsid w:val="00F420F2"/>
     <w:rsid w:val="00F42D15"/>
     <w:rsid w:val="00F4315D"/>
     <w:rsid w:val="00F43FDA"/>
     <w:rsid w:val="00F44209"/>
     <w:rsid w:val="00F44674"/>
     <w:rsid w:val="00F44D97"/>
     <w:rsid w:val="00F459E8"/>
     <w:rsid w:val="00F45B32"/>
     <w:rsid w:val="00F46D6A"/>
     <w:rsid w:val="00F507B5"/>
+    <w:rsid w:val="00F511E2"/>
     <w:rsid w:val="00F5147E"/>
     <w:rsid w:val="00F51AB9"/>
     <w:rsid w:val="00F5255E"/>
     <w:rsid w:val="00F543CA"/>
     <w:rsid w:val="00F5614B"/>
     <w:rsid w:val="00F570F0"/>
     <w:rsid w:val="00F571DD"/>
     <w:rsid w:val="00F602D6"/>
     <w:rsid w:val="00F6087F"/>
     <w:rsid w:val="00F629C7"/>
     <w:rsid w:val="00F63451"/>
     <w:rsid w:val="00F65BB3"/>
     <w:rsid w:val="00F65DD8"/>
     <w:rsid w:val="00F66470"/>
     <w:rsid w:val="00F6670D"/>
     <w:rsid w:val="00F67EC8"/>
     <w:rsid w:val="00F7040B"/>
+    <w:rsid w:val="00F71873"/>
     <w:rsid w:val="00F71B89"/>
     <w:rsid w:val="00F722B9"/>
     <w:rsid w:val="00F7269A"/>
     <w:rsid w:val="00F72DAF"/>
     <w:rsid w:val="00F759F5"/>
     <w:rsid w:val="00F77DD0"/>
     <w:rsid w:val="00F80DB4"/>
     <w:rsid w:val="00F8111E"/>
     <w:rsid w:val="00F81DFE"/>
     <w:rsid w:val="00F81F6F"/>
     <w:rsid w:val="00F82216"/>
     <w:rsid w:val="00F829CD"/>
     <w:rsid w:val="00F83AD3"/>
     <w:rsid w:val="00F85570"/>
     <w:rsid w:val="00F867FF"/>
     <w:rsid w:val="00F9063A"/>
     <w:rsid w:val="00F90D54"/>
     <w:rsid w:val="00F90D73"/>
     <w:rsid w:val="00F928BA"/>
     <w:rsid w:val="00F95AE5"/>
     <w:rsid w:val="00F96054"/>
     <w:rsid w:val="00F96244"/>
     <w:rsid w:val="00F967AE"/>
     <w:rsid w:val="00F96B61"/>
     <w:rsid w:val="00FA098A"/>
@@ -39905,88 +38968,89 @@
     <w:rsid w:val="00FC3EF9"/>
     <w:rsid w:val="00FC40D2"/>
     <w:rsid w:val="00FC5B39"/>
     <w:rsid w:val="00FC66AE"/>
     <w:rsid w:val="00FC7807"/>
     <w:rsid w:val="00FD0102"/>
     <w:rsid w:val="00FD09A0"/>
     <w:rsid w:val="00FD305A"/>
     <w:rsid w:val="00FD3C27"/>
     <w:rsid w:val="00FD4E6B"/>
     <w:rsid w:val="00FE01D3"/>
     <w:rsid w:val="00FE34ED"/>
     <w:rsid w:val="00FE378C"/>
     <w:rsid w:val="00FE3D3D"/>
     <w:rsid w:val="00FE3F33"/>
     <w:rsid w:val="00FE558B"/>
     <w:rsid w:val="00FE6608"/>
     <w:rsid w:val="00FE71EF"/>
     <w:rsid w:val="00FE74D7"/>
     <w:rsid w:val="00FF0BBC"/>
     <w:rsid w:val="00FF1A1F"/>
     <w:rsid w:val="00FF25FD"/>
     <w:rsid w:val="00FF26CD"/>
     <w:rsid w:val="00FF2DE0"/>
     <w:rsid w:val="00FF429D"/>
+    <w:rsid w:val="00FF484F"/>
     <w:rsid w:val="00FF4A9B"/>
     <w:rsid w:val="00FF4BA8"/>
     <w:rsid w:val="00FF4CF6"/>
     <w:rsid w:val="00FF55DF"/>
     <w:rsid w:val="00FF68A1"/>
     <w:rsid w:val="00FF743C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="el-GR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="30169DE1"/>
   <w15:docId w15:val="{5E55FC4C-490B-46DB-9AE2-DB926F08382E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -41493,122 +40557,185 @@
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid3">
     <w:name w:val="Table Grid3"/>
     <w:basedOn w:val="TableNormal"/>
     <w:next w:val="TableGrid"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00F0156D"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="264" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent2">
+    <w:name w:val="Body Text First Indent 2"/>
+    <w:basedOn w:val="BodyTextIndent"/>
+    <w:link w:val="BodyTextFirstIndent2Char"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00494286"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:ind w:left="360" w:firstLine="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndent2Char">
+    <w:name w:val="Body Text First Indent 2 Char"/>
+    <w:basedOn w:val="BodyTextIndentChar"/>
+    <w:link w:val="BodyTextFirstIndent2"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00494286"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="161820147">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="225457219">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="315232841">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="628701673">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="869995373">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="926959621">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="966738844">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="980580525">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1144930958">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1379934698">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -41689,55 +40816,55 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1912347478">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cysec.gov.cy/CMSPages/GetFile.aspx?guid=f9291762-d5a0-4199-ba2e-34fe77ac49fd" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cysec.gov.cy/CMSPages/GetFile.aspx?guid=a4ae2fec-92ff-4b09-9438-0273070b7951" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cysec.gov.cy/CMSPages/GetFile.aspx?guid=9aad9234-8db9-41c4-b255-8e1f6201f405" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cysec.gov.cy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cysec.gov.cy/CMSPages/GetFile.aspx?guid=f9291762-d5a0-4199-ba2e-34fe77ac49fd" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cysec.gov.cy/CMSPages/GetFile.aspx?guid=a4ae2fec-92ff-4b09-9438-0273070b7951" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cysec.gov.cy/CMSPages/GetFile.aspx?guid=9aad9234-8db9-41c4-b255-8e1f6201f405" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cysec.gov.cy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Excel_Worksheet.xlsx"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cysec.gov.cy/CMSPages/GetFile.aspx?guid=71792292-672d-4464-a225-d872daa76fa4" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur01.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.eiopa.europa.eu%2Fdocument%2Fdownload%2Fb65f919b-01f3-4681-b3d4-6abbe0ae299e_en%3Ffilename%3DPrivacy%2BStatement%2B-%2BESAs%2BInformation%2BSystem.pdf&amp;data=05%7C02%7Ctpanayi%40cysec.gov.cy%7C3f5549d02e2e4c609be708dd915e6e4d%7C97911ea8308f42bbaea709596f158fa6%7C0%7C0%7C638826557556163802%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=2HFANFaMzmMhXcEw2IXozYSQjcjW37KEGApblGkea0U%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cysec.gov.cy/CMSPages/GetFile.aspx?guid=71792292-672d-4464-a225-d872daa76fa4" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -42000,70 +41127,70 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="" StyleName=""/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1E99D26-7F29-4809-AC07-5F0C976D02A7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>37</Pages>
-  <Words>9120</Words>
-  <Characters>55445</Characters>
+  <Words>8971</Words>
+  <Characters>51139</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>462</Lines>
-  <Paragraphs>128</Paragraphs>
+  <Lines>426</Lines>
+  <Paragraphs>119</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ΣΗΜΕΙΩΜΑ</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>CySEC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>64437</CharactersWithSpaces>
+  <CharactersWithSpaces>59991</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ΣΗΜΕΙΩΜΑ</dc:title>
   <dc:subject/>
   <dc:creator>epanayiotou</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>